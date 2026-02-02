--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="178" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="123">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -296,81 +296,84 @@
   <si>
     <t>RELVAR ELLIPTA (furoate de fluticasone/ vilantérol)</t>
   </si>
   <si>
     <t>01/07/2020 09:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3192044/fr/relvar-ellipta-furoate-de-fluticasone/-vilanterol</t>
   </si>
   <si>
     <t>p_3192044</t>
   </si>
   <si>
     <t>furoate de fluticasone,vilantérol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2007177/fr/relvar-ellipta-furoate-de-fluticasone/-vilanterol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2862997/fr/relvar-ellipta-revinty-ellipta-furoate-de-fluticasone/-vilanterol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3191663/fr/relvar-ellipta-furoate-de-fluticasone/-vilanterol</t>
   </si>
   <si>
-    <t>BENLYSTA (belimumab)</t>
-[...2 lines deleted...]
-    <t>10/01/2025 08:37:41</t>
+    <t>BENLYSTA (bélimumab)</t>
+  </si>
+  <si>
+    <t>29/01/2026 16:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983294/fr/benlysta-belimumab</t>
   </si>
   <si>
     <t>pprd_2983294</t>
   </si>
   <si>
-    <t>belimumab</t>
+    <t>bélimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1234522/fr/benlysta-belimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1751169/fr/benlysta-belimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2848657/fr/benlysta-belimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3191300/fr/benlysta-belimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3313609/fr/benlysta-belimumab-glomerulonephrite-lupique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3577030/fr/benlysta-belimumab-lupus-systemique-actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3837718/fr/benlysta-belimumab-lupus-systemique-actif</t>
   </si>
   <si>
     <t>ANORO - ANORO ELLIPTA (bromure d'uméclidinium/ vilantérol (trifénatate de))</t>
   </si>
   <si>
     <t>01/07/2020 09:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983932/fr/anoro-anoro-ellipta-bromure-d-umeclidinium/-vilanterol-trifenatate-de</t>
   </si>
   <si>
     <t>pprd_2983932</t>
   </si>
   <si>
     <t>bromure d'uméclidinium,vilantérol (trifénatate de)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2676741/fr/anoro-bromure-d-umeclidinium-/-vilanterol-anticholinergique-/-agoniste-beta2-adrenergique-de-longue-duree-d-action</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3191675/fr/anoro-ellipta-bromure-d-umeclidinium/-vilanterol-trifenatate-de</t>
   </si>
   <si>
     <t>FLIXOTIDE - FLIXOTIDE DISKUS (fluticasone (propionate de))</t>
   </si>
@@ -903,129 +906,132 @@
       </c>
       <c r="I10" t="s">
         <v>99</v>
       </c>
       <c r="J10" t="s">
         <v>18</v>
       </c>
       <c r="K10" t="s">
         <v>100</v>
       </c>
       <c r="L10" t="s">
         <v>101</v>
       </c>
       <c r="M10" t="s">
         <v>102</v>
       </c>
       <c r="N10" t="s">
         <v>103</v>
       </c>
       <c r="O10" t="s">
         <v>104</v>
       </c>
       <c r="P10" t="s">
         <v>105</v>
       </c>
+      <c r="Q10" t="s">
+        <v>106</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="H11" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="I11" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
       <c r="K11" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="L11" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>61</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H12" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="I12" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
       <c r="K12" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="L12" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M12" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N12" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O12" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>