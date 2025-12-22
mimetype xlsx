--- v0 (2025-11-04)
+++ v1 (2025-12-22)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="50">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -113,66 +113,63 @@
   <si>
     <t>p_3593176</t>
   </si>
   <si>
     <t>URGOFIT</t>
   </si>
   <si>
     <t>11/02/2025 00:00:00</t>
   </si>
   <si>
     <t>10/03/2025 08:53:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3593173/fr/urgofit</t>
   </si>
   <si>
     <t>p_3593173</t>
   </si>
   <si>
     <t>Pansements interface</t>
   </si>
   <si>
     <t>URGOCELL AG / Silver</t>
   </si>
   <si>
-    <t>21/05/2024 10:08:16</t>
+    <t>21/05/2024 00:00:00</t>
   </si>
   <si>
     <t>25/06/2024 09:38:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3522269/fr/urgocell-ag-/-silver</t>
   </si>
   <si>
     <t>p_3522269</t>
   </si>
   <si>
     <t>URGOTUL AG LITE BORDER</t>
-  </si>
-[...1 lines deleted...]
-    <t>21/05/2024 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3522272/fr/urgotul-ag-lite-border</t>
   </si>
   <si>
     <t>p_3522272</t>
   </si>
   <si>
     <t>URGOTUL AG / Silver</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3522274/fr/urgotul-ag-/-silver</t>
   </si>
   <si>
     <t>p_3522274</t>
   </si>
   <si>
     <t>URGOCLEAN</t>
   </si>
   <si>
     <t>13/06/2023 00:00:00</t>
   </si>
   <si>
     <t>07/07/2023 16:49:02</t>
   </si>
@@ -421,128 +418,128 @@
       </c>
       <c r="G6" t="s">
         <v>36</v>
       </c>
       <c r="H6" t="s">
         <v>37</v>
       </c>
       <c r="I6" t="s">
         <v>17</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="I7" t="s">
         <v>17</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="E8" t="s">
         <v>35</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="I8" t="s">
         <v>17</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
         <v>45</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>46</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
         <v>47</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>48</v>
       </c>
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="J9" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>