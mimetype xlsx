--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="95">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -113,50 +113,83 @@
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984120/fr/alimta-pemetrexed</t>
   </si>
   <si>
     <t>pprd_2984120</t>
   </si>
   <si>
     <t>pemetrexed</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400204/fr/alimta-pemetrexed</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_725198/fr/alimta-pemetrexed</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_954773/fr/alimta-pemetrexed</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2621477/fr/alimta-cancer-bronchique-non-a-petites-cellules-cbnpc-pemetrexed-antimetabolite</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2628546/fr/alimta-mesotheliome</t>
   </si>
   <si>
+    <t>OLUMIANT (baricitinib)</t>
+  </si>
+  <si>
+    <t>16/01/2026 16:25:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983574/fr/olumiant-baricitinib</t>
+  </si>
+  <si>
+    <t>pprd_2983574</t>
+  </si>
+  <si>
+    <t>baricitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2778111/fr/olumiant-baricitinib-anti-jak-1et-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237060/fr/olumiant-dermatite-atopique-moderee-a-severe-de-l-adulte-baricitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3472152/fr/olumiant-baricitinib-pelade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482876/fr/olumiant-baricitinib-dermatite-atopique-da</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482867/fr/olumiant-baricitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807410/fr/olumiant-baricitinib-dermatite-atopique-da-chez-l-enfant-de-2-ans-et-plus</t>
+  </si>
+  <si>
     <t>RETSEVMO (selpercatinib)</t>
   </si>
   <si>
     <t>01/07/2025 13:56:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3272191/fr/retsevmo-selpercatinib</t>
   </si>
   <si>
     <t>p_3272191</t>
   </si>
   <si>
     <t>selpercatinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3271751/fr/retsevmo-selpercatinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3294124/fr/retsevmo-40-80-mg-selpercatinib-cbnpc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3326335/fr/retsevmo-selpercatinib-cancer-bronchique-non-a-petites-cellules</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3341392/fr/retsevmo-selpercatinib-cancer-de-la-thyroide</t>
@@ -201,80 +234,50 @@
     <t>pprd_2983313</t>
   </si>
   <si>
     <t>ixékizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2678850/fr/taltz-ixekizumab-immunosuppresseur-inhibiteur-de-l-interleukine-il-17a</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2847914/fr/taltz-ixekizumab-immunosuppresseur-anti-interleukine-17a</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3211088/fr/taltz-spondyloarthrite-axiale-ixekizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3271027/fr/taltz-ixekizumab-rhumatisme-psoriasique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3363293/fr/taltz-ixekizumab-psoriasis-en-plaques-de-l-adulte</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3478092/fr/taltz-ixekizumab-psoriasis-en-plaques-pediatrique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3539138/fr/taltz-ixekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
-  </si>
-[...28 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3482867/fr/olumiant-baricitinib-polyarthrite-rhumatoide-pr</t>
   </si>
   <si>
     <t>TRULICITY (dulaglutide)</t>
   </si>
   <si>
     <t>26/08/2021 15:35:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983589/fr/trulicity-dulaglutide</t>
   </si>
   <si>
     <t>pprd_2983589</t>
   </si>
   <si>
     <t>dulaglutide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2036398/fr/trulicity-dulaglutide-antidiabetique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2774126/fr/trulicity-dulaglutide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3225392/fr/trulicity-dulaglutide</t>
   </si>
@@ -525,259 +528,262 @@
       </c>
       <c r="I4" t="s">
         <v>38</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
         <v>39</v>
       </c>
       <c r="L4" t="s">
         <v>40</v>
       </c>
       <c r="M4" t="s">
         <v>41</v>
       </c>
       <c r="N4" t="s">
         <v>42</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
-      <c r="Q4" t="s">
-[...19 lines deleted...]
-      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H5" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="I5" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
       <c r="K5" t="s">
+        <v>50</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>53</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>56</v>
+      </c>
+      <c r="R5" t="s">
         <v>57</v>
       </c>
-      <c r="L5" t="s">
+      <c r="S5" t="s">
         <v>58</v>
       </c>
-      <c r="M5" t="s">
+      <c r="T5" t="s">
         <v>59</v>
       </c>
-      <c r="N5" t="s">
+      <c r="U5" t="s">
         <v>60</v>
       </c>
-      <c r="O5" t="s">
+      <c r="V5" t="s">
         <v>61</v>
       </c>
-      <c r="P5" t="s">
+      <c r="W5" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>64</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>65</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>66</v>
       </c>
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
       <c r="K6" t="s">
+        <v>68</v>
+      </c>
+      <c r="L6" t="s">
         <v>69</v>
       </c>
-      <c r="L6" t="s">
+      <c r="M6" t="s">
         <v>70</v>
       </c>
-      <c r="M6" t="s">
+      <c r="N6" t="s">
         <v>71</v>
       </c>
-      <c r="N6" t="s">
+      <c r="O6" t="s">
         <v>72</v>
       </c>
-      <c r="O6" t="s">
+      <c r="P6" t="s">
         <v>73</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>74</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
       <c r="K7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="L7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
       <c r="K8" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="L8" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M8" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="N8" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="O8" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="P8" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>