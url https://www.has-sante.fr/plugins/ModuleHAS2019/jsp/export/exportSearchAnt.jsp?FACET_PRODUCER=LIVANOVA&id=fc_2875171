--- v0 (2025-11-04)
+++ v1 (2026-02-09)
@@ -155,51 +155,51 @@
   <si>
     <t>p_3200561</t>
   </si>
   <si>
     <t>Bioprothèse valvulaire aortique chirurgicale sans suture</t>
   </si>
   <si>
     <t>PERCEVAL PLUS</t>
   </si>
   <si>
     <t>02/06/2020 00:00:00</t>
   </si>
   <si>
     <t>15/07/2020 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3191081/fr/perceval-plus</t>
   </si>
   <si>
     <t>p_3191081</t>
   </si>
   <si>
     <t>ASPIRESR</t>
   </si>
   <si>
-    <t>07/04/2020 00:00:00</t>
+    <t>07/04/2020 13:29:00</t>
   </si>
   <si>
     <t>05/06/2020 08:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3186697/fr/aspiresr</t>
   </si>
   <si>
     <t>p_3186697</t>
   </si>
   <si>
     <t>Système de stimulation du nerf vague gauche</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>