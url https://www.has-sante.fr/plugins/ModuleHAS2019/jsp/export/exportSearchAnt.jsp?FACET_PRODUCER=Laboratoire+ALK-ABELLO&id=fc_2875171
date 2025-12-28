--- v0 (2025-11-07)
+++ v1 (2025-12-28)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>SOLUPRICK CONTROLE POSITIF / CONTROLE NEGATIF (contrôle positif : dichlorhydrate d'histamine 10 mg /ml/ contrôle néga...)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>29/02/2012 16:35:00</t>
+    <t>29/02/2005 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985040/fr/soluprick-controle-positif-/-controle-negatif-controle-positif-dichlorhydrate-d-histamine-10-mg-/ml/-controle-nega</t>
   </si>
   <si>
     <t>pprd_2985040</t>
   </si>
   <si>
     <t>contrôle positif : dichlorhydrate d'histamine 10 mg /ml,contrôle négatif : pas de substance active</t>
   </si>
   <si>
     <t>Laboratoire ALK-ABELLO</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1231623/fr/soluprick-controle-positif-/-controle-negatif-controle-positif-dichlorhydrate-d-histamine-10-mg-/ml/-controle-nega</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>