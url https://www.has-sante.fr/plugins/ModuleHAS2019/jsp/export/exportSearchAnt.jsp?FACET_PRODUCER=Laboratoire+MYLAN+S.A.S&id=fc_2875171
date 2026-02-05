--- v0 (2025-12-22)
+++ v1 (2026-02-05)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>ETIDRONATE MYLAN (etidronate)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>27/04/2025 00:00:00</t>
+    <t>27/04/2011 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985183/fr/etidronate-mylan-etidronate</t>
   </si>
   <si>
     <t>pprd_2985183</t>
   </si>
   <si>
     <t>etidronate</t>
   </si>
   <si>
     <t>Laboratoire MYLAN S.A.S</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1051914/fr/etidronate-sandoz-etidronate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1051917/fr/etidronate-mylan-etidronate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>