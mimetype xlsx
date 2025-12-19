--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -50,54 +50,54 @@
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>CONSERVE PLUS</t>
   </si>
   <si>
     <t>Prothèse de hanche</t>
   </si>
   <si>
-    <t>16/12/2014 00:00:00</t>
-[...2 lines deleted...]
-    <t>06/01/2015 18:05:08</t>
+    <t>23/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2014 09:50:49</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2004226/fr/conserve-plus</t>
   </si>
   <si>
     <t>c_2004226</t>
   </si>
   <si>
     <t>MICROPORT ORTHOPEDICS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>