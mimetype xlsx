--- v0 (2025-12-20)
+++ v1 (2026-03-20)
@@ -9,107 +9,125 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="39">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>TUZULBY (chlorhydrate de méthylphénidate)</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>06/03/2026 15:43:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3888096/fr/tuzulby-chlorhydrate-de-methylphenidate</t>
+  </si>
+  <si>
+    <t>p_3888096</t>
+  </si>
+  <si>
+    <t>chlorhydrate de méthylphénidate</t>
+  </si>
+  <si>
+    <t>NEURAXPHARM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3887891/fr/tuzulby-chlorhydrate-de-methylphenidate-trouble-du-deficit-de-l-attention-avec-ou-sans-hyperactivite-tdah</t>
+  </si>
+  <si>
     <t>TRANXENE (chlorazépate dipotassique)</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>29/07/2024 16:44:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982800/fr/tranxene-chlorazepate-dipotassique</t>
   </si>
   <si>
     <t>pprd_2982800</t>
   </si>
   <si>
     <t>chlorazépate dipotassique</t>
-  </si>
-[...1 lines deleted...]
-    <t>NEURAXPHARM FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399061/fr/tranxene-clorazepate-dipotassique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400176/fr/tranxene-clorazepate-dipotassique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_493284/fr/tranxene-clorazepate-dipotassique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1281713/fr/tranxene-clorazepate-dipotassique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2042202/fr/tranxene-clorazepate-dipotassique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2656334/fr/tranxene-clorazepate-dipotassique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2963962/fr/tranxene-clorazepate-dipotassique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534491/fr/tranxene-clorazepate-dipotassique-premedication</t>
   </si>
@@ -158,51 +176,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R3"/>
+  <dimension ref="A1:R4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -233,100 +251,135 @@
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
-      <c r="L2" t="s">
-[...19 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
+        <v>25</v>
+      </c>
+      <c r="L3" t="s">
+        <v>26</v>
+      </c>
+      <c r="M3" t="s">
+        <v>27</v>
+      </c>
+      <c r="N3" t="s">
+        <v>28</v>
+      </c>
+      <c r="O3" t="s">
+        <v>29</v>
+      </c>
+      <c r="P3" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>31</v>
+      </c>
+      <c r="R3" t="s">
         <v>32</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4" t="s">
+        <v>36</v>
+      </c>
+      <c r="I4" t="s">
+        <v>37</v>
+      </c>
+      <c r="J4" t="s">
+        <v>18</v>
+      </c>
+      <c r="K4" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>