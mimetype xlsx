--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>FAZOL (isoconazole (nitrate d'))</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>02/06/2023 09:34:24</t>
+    <t>02/06/2015 11:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984529/fr/fazol-isoconazole-nitrate-d</t>
   </si>
   <si>
     <t>pprd_2984529</t>
   </si>
   <si>
     <t>isoconazole (nitrate d')</t>
   </si>
   <si>
     <t>SINCLAIR PHARMA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400782/fr/fazol-2-poudre-pour-application-locale-flacon-poudreur-de-30-g-fazol-2-emulsion-fluide-pour-application-locale-flacon-de-30-g-fazol-2-creme-tube-de-30-g-fazol-g-300-mg-ovule-b/3-isoconazole-nitrate-d</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1598696/fr/fazol-isoconazole-nitrate-d</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2036257/fr/fazol-isoconazole-nitrate-d</t>
   </si>
 </sst>
 </file>
 