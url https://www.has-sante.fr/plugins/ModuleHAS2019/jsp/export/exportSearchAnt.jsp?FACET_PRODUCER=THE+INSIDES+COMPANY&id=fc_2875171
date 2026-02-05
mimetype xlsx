--- v0 (2025-12-21)
+++ v1 (2026-02-05)
@@ -50,51 +50,51 @@
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>THE INSIDES SYSTEM</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>19/07/2022 00:00:00</t>
+    <t>19/07/2024 17:14:33</t>
   </si>
   <si>
     <t>27/07/2022 14:03:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3357620/fr/the-insides-system</t>
   </si>
   <si>
     <t>p_3357620</t>
   </si>
   <si>
     <t>Système de réinstillation du chyme</t>
   </si>
   <si>
     <t>THE INSIDES COMPANY</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>