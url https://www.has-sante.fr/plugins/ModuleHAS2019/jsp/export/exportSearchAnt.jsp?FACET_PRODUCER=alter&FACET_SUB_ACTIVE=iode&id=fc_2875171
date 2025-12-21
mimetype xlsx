--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -35,66 +35,66 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...5 lines deleted...]
-    <t>A summary statement in English will be available in due course.</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Opportunité d'un dépistage systématique du cancer de la prostate par le dosage de l'antigène spécifique de la prostate</t>
+  </si>
+  <si>
+    <t>Si le cancer de la prostate est en terme d'incidence le 2ème cancer chez l'homme, il n'arrive qu'en 7ème position en terme de mortalité. Le dosage de l'Antigène Spécifique de la Prostate (PSA) est très largement prescrit dans le cadre d'un dépistage individuel. Cette recommandation porte sur l'opportunité de la mise en place d'un dépistage systématique du cancer de la prostate par le dosage du PSA. A partir d'une analyse crtitique de la littérature, les dix critères établis par l'Organisation Mondiale de la Santé permettant de juger de la pertinence du dépistage d'une maladie ont été passés en revue. Une analyse médico-économique a également été réalisée.</t>
   </si>
   <si>
     <t>01/01/1999 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_461999/en/appropriateness-of-systematic-screening-for-prostatic-cancer-by-prostate-specific-antigen-psa</t>
+    <t>https://www.has-sante.fr/jcms/c_461999/fr/opportunite-d-un-depistage-systematique-du-cancer-de-la-prostate-par-le-dosage-de-l-antigene-specifique-de-la-prostate</t>
   </si>
   <si>
     <t>c_461999</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>