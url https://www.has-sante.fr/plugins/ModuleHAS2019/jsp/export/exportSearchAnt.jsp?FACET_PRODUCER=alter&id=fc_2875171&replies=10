--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -9,248 +9,551 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="150">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/29/2008 17:37:00</t>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Vaccination contre la grippe saisonnière des personnes de 65 ans et plus. Place des vaccins Efluelda et Fluad</t>
+  </si>
+  <si>
+    <t>La HAS émet une recommandation d’utilisation préférentielle des vaccins Efluelda et Fluad chez les personnes de 65 ans et plus par rapport aux vaccins à dose standard disponibles dans cette population, dans le cadre de la stratégie vaccinale française vis-à-vis de la grippe saisonnière. La HAS positionne de manière équivalente les vaccins adjuvantés et hautement dosés.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/05/2025 11:38:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
+    <t>https://www.has-sante.fr/jcms/p_3604446/fr/vaccination-contre-la-grippe-saisonniere-des-personnes-de-65-ans-et-plus-place-des-vaccins-efluelda-et-fluad</t>
+  </si>
+  <si>
+    <t>p_3604446</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations « Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses » est d’améliorer, à toutes les étapes, la qualité et la sécurité de la prise en charge de la douleur de l’accouchement pour la mère et l’enfant à naître.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2024 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519414/fr/prise-en-charge-de-la-douleur-de-l-accouchement-analgesie-perimedullaire-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>p_3519414</t>
+  </si>
+  <si>
+    <t>Prévention, diagnostic et prise en charge du syndrome du nez vide</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique s’intègre dans le parcours de soin des patients présentant une obstruction nasale chronique ou ayant développé un SNV après un geste turbinal. Elle s’inscrit dans le cadre d’une concertation pluridisciplinaire (associant l’ORL, le médecin généraliste et d’autres professionnels si nécessaire) et d’une décision partagée avec le patient dûment informé.</t>
+  </si>
+  <si>
+    <t>15/12/2022 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395700/fr/prevention-diagnostic-et-prise-en-charge-du-syndrome-du-nez-vide</t>
+  </si>
+  <si>
+    <t>p_3395700</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Laminopathies avec présentation cardiaque</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint de laminopathie avec atteinte cardiaque. Il a été élaboré par le Centre de référence des maladies cardiaques héréditaires ou rares (cardiomyopathies et troubles du rythme) Hôpital de la Pitié-Salpêtrière, Paris, Centre de référence des maladies neuromusculaires Nord/Est/Ile de France, Hôpital Cochin, Paris, Filière nationale de santé CARDIOGEN à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389365/fr/laminopathies-avec-presentation-cardiaque</t>
+  </si>
+  <si>
+    <t>p_3389365</t>
+  </si>
+  <si>
+    <t>Diabètes monogéniques de type MODY</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de diabète MODY. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389587/fr/diabetes-monogeniques-de-type-mody</t>
+  </si>
+  <si>
+    <t>p_3389587</t>
+  </si>
+  <si>
+    <t>Rééducation à la phase chronique d’un AVC de l’adulte : Pertinence, indications et modalités</t>
+  </si>
+  <si>
+    <t>La HAS publie les premières recommandations de bonne pratique concernant la rééducation durant la phase chronique d'un AVC (soit à partir de 6 mois après sa survenue). Ces recommandations abordent les indications et la pertinence des différents types d'activité de rééducation ainsi que leurs modalités pratiques. Objectif : améliorer la rééducation des patients adultes.</t>
+  </si>
+  <si>
+    <t>02/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2022 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150692/fr/reeducation-a-la-phase-chronique-d-un-avc-de-l-adulte-pertinence-indications-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3150692</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du vaccin à ARNm COMIRNATY® chez les 5-11 ans</t>
+  </si>
+  <si>
+    <t>Dans un contexte épidémique marqué par une cinquième vague due au variant Delta et l’apparition à la mi-novembre du variant Omicron, la Haute Autorité de santé se prononce sur l’élargissement de la vaccination à l’ensemble des enfants de 5 à 11 ans. Sur la base des dernières données disponibles et après avoir auditionné les parties-prenantes, la HAS propose d’ouvrir la vaccination aux enfants de cette classe d’âge, sans obligation et sans que cela conditionne l’obtention d’un passe sanitaire, et en priorisant les enfants de moins de 12 ans scolarisés au collège. Elle indique que cette vaccination peut être réalisée dès la mise à disposition de la formulation pédiatrique du vaccin Comirnaty® de Pfizer.</t>
+  </si>
+  <si>
+    <t>17/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306504/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-comirnaty-chez-les-5-11-ans</t>
+  </si>
+  <si>
+    <t>p_3306504</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
+  </si>
+  <si>
+    <t>La bronchiolite aiguë du nourrisson est une pathologie respiratoire très fréquente. Les recommandations établissent trois stades de gravité de la maladie. La prise en charge repose avant tout sur un lavage de nez régulier et la surveillance des signes d’aggravation de l’état du nourrisson. Les traitements médicamenteux ou kinésithérapiques ne sont pas recommandés.</t>
+  </si>
+  <si>
+    <t>06/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118113/fr/prise-en-charge-du-1er-episode-de-bronchiolite-aigue-chez-le-nourrisson-de-moins-de-12-mois</t>
+  </si>
+  <si>
+    <t>p_3118113</t>
+  </si>
+  <si>
+    <t>Les espaces de calme-retrait et d’apaisement</t>
+  </si>
+  <si>
+    <t>Ces recommandations accompagnent et soutiennent les professionnels dans leur démarche de bientraitance. Elles portent sur les méthodes alternatives pour prévenir une crise (évaluation des besoins au préalable, identification des stratégies mises en place par la personne, apprentissage et mise en œuvre des facteurs de protection préalablement identifiés) et pour prévenir l’apparition d’une situation de danger (réduction des dangers potentiels, diminution des stimuli environnementaux, etc.).</t>
+  </si>
+  <si>
+    <t>31/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833763/fr/les-espaces-de-calme-retrait-et-d-apaisement</t>
+  </si>
+  <si>
+    <t>c_2833763</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Visite académique</t>
+  </si>
+  <si>
+    <t>Les points clés OÙ mettre en œuvre ? Dans le secteur libéral. de QUOI s’agit-il ? Transmettre des messages éducatifs, préventifs, de dépistage ou de prise en charge des patients, en vue d’améliorer les pratiques, par un contact individuel, essentiellement lors d’un échange au cabinet médical, 6 à 8 fois/an. QUI peut le faire ? Un individu ou une équipe ou une maison médicale.</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_436536/fr/visite-academique</t>
+  </si>
+  <si>
+    <t>c_436536</t>
+  </si>
+  <si>
+    <t>Pertes de connaissance brèves de l’adulte : prise en charge diagnostique et thérapeutique des syncopes</t>
+  </si>
+  <si>
+    <t>Le champ des recommandations concerne les pertes de connaissance brèves de l’adulte. Elles abordent plus précisément la prise en charge diagnostique et thérapeutique des syncopes.</t>
+  </si>
+  <si>
+    <t>14/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2008 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_681605/fr/pertes-de-connaissance-breves-de-l-adulte-prise-en-charge-diagnostique-et-therapeutique-des-syncopes</t>
+  </si>
+  <si>
+    <t>c_681605</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...5 lines deleted...]
-    <t>A summary statement in English will be available in due course.</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Opportunité d'un dépistage systématique du cancer de la prostate par le dosage de l'antigène spécifique de la prostate</t>
+  </si>
+  <si>
+    <t>Si le cancer de la prostate est en terme d'incidence le 2ème cancer chez l'homme, il n'arrive qu'en 7ème position en terme de mortalité. Le dosage de l'Antigène Spécifique de la Prostate (PSA) est très largement prescrit dans le cadre d'un dépistage individuel. Cette recommandation porte sur l'opportunité de la mise en place d'un dépistage systématique du cancer de la prostate par le dosage du PSA. A partir d'une analyse crtitique de la littérature, les dix critères établis par l'Organisation Mondiale de la Santé permettant de juger de la pertinence du dépistage d'une maladie ont été passés en revue. Une analyse médico-économique a également été réalisée.</t>
   </si>
   <si>
     <t>01/01/1999 00:00:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_461999/en/appropriateness-of-systematic-screening-for-prostatic-cancer-by-prostate-specific-antigen-psa</t>
+    <t>https://www.has-sante.fr/jcms/c_461999/fr/opportunite-d-un-depistage-systematique-du-cancer-de-la-prostate-par-le-dosage-de-l-antigene-specifique-de-la-prostate</t>
   </si>
   <si>
     <t>c_461999</t>
   </si>
   <si>
-    <t>Web page</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Imageries de seconde ligne dont la microscopie confocale in vivo pour le diagnostic et la cartographie préopératoire d’un mélanome</t>
+  </si>
+  <si>
+    <t>L’évaluation technologique visait à déterminer l’utilité clinique d’une nouvelle stratégie diagnostique pour le mélanome, forme de cancer pigmenté de la peau. Cette approche consistait à comparer une stratégie recourant à une imagerie cutanée non invasive de seconde ligne, incluant la microscopie confocale in vivo, à la stratégie de référence, dans les situations où le diagnostic de lésions pigmentées (naevus) restent équivoques en dermoscopie ou pour la cartographie préopératoire des cas les plus complexes de mélanome au niveau du visage, notamment le mélanome de Dubreuilh.</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2025 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473354/fr/imageries-de-seconde-ligne-dont-la-microscopie-confocale-in-vivo-pour-le-diagnostic-et-la-cartographie-preoperatoire-d-un-melanome</t>
+  </si>
+  <si>
+    <t>p_3473354</t>
+  </si>
+  <si>
+    <t>Évaluation de l’autosurveillance de l’INR chez les patients adultes traités par antivitamines K</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt, dans le système de santé français, de l’autosurveillance de la coagulation du sang chez les patients adultes traités par antivitamines K utilisant un dispositif d’automesure de l’INR, en vue d’une éventuelle prise en charge de cette technologie par l’assurance maladie.</t>
+  </si>
+  <si>
+    <t>01/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2008 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_745452/fr/evaluation-de-l-autosurveillance-de-l-inr-chez-les-patients-adultes-traites-par-antivitamines-k</t>
+  </si>
+  <si>
+    <t>c_745452</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
   </si>
   <si>
     <t>The certification of hospitals for quality of care</t>
   </si>
   <si>
     <t>Certification is a compulsory independent assessment procedure for the quality and safety of care in public and private hospitals. It is conducted every 4 years by professionals (peers) appointed by the HAS (surveyors).</t>
   </si>
   <si>
-    <t>06/22/2021 10:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2044304/en/the-certification-of-hospitals-for-quality-of-care</t>
+    <t>22/06/2021 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044304/fr/the-certification-of-hospitals-for-quality-of-care</t>
   </si>
   <si>
     <t>c_2044304</t>
   </si>
   <si>
     <t>Transparency Committee</t>
   </si>
   <si>
     <t>The Transparency Committee (CT – Commission de la Transparence) is a scientific body made up of doctors, pharmacists and specialists in methodology and epidemiology. It evaluates drugs that have been granted marketing authorization, when the laboratory marketing them wishes to obtain their inclusion on the list of reimbursable drugs. Its tasks include : Assesses medicinal products with Marketing Authorisation Provides recommendations for medicinal products Contributes to the proper use of medicinal products</t>
   </si>
   <si>
-    <t>03/06/2024 09:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1729421/en/transparency-committee</t>
+    <t>06/03/2024 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1729421/fr/transparency-committee</t>
   </si>
   <si>
     <t>c_1729421</t>
   </si>
   <si>
     <t>National Committee for the Evaluation of Medical Devices and Health Technologies (CNEDiMTS*)</t>
   </si>
   <si>
     <t>The National Committee for the Evaluation of Medical Devices and Health Technologies (Commission nationale d’évaluation des dispositifs médicaux et des technologies de santé, CNEDiMTS) examines questions relating to the evaluation of certain medical devices, medical procedures and other health technologies, with a view to their reimbursement by the health insurance scheme, and to their proper use.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2036238/en/national-committee-for-the-evaluation-of-medical-devices-and-health-technologies-cnedimts</t>
+    <t>https://www.has-sante.fr/jcms/c_2036238/fr/national-committee-for-the-evaluation-of-medical-devices-and-health-technologies-cnedimts</t>
   </si>
   <si>
     <t>c_2036238</t>
   </si>
   <si>
     <t>Economic and Public Health Evaluation Committee</t>
   </si>
   <si>
     <t>The Economic and Public Health Committee (Commission d’évaluation économique et de santé publique, CEESP) issues public health recommendations and technology appraisals based on clinical and economic evidence as well as on other domains (e.g. ethics, organisation). Technology is inclusive of medicinal products and devices, diagnostic and therapeutic techniques, systems of care, screening tools, etc. The committee also reviews single technology assessments from manufacturers and issues opinions on their efficiency, referred to as “efficiency opinion” in HAS publications. The CESSP can be commissioned by an external institution or by the College of HAS. It works in collaboration with other HAS committees.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2036304/en/economic-and-public-health-evaluation-committee</t>
+    <t>https://www.has-sante.fr/jcms/c_2036304/fr/economic-and-public-health-evaluation-committee</t>
   </si>
   <si>
     <t>c_2036304</t>
   </si>
   <si>
     <t>Innovation Pass</t>
   </si>
   <si>
-    <t>06/07/2018 08:26:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2854321/en/innovation-pass</t>
+    <t>07/06/2018 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854321/fr/innovation-pass</t>
   </si>
   <si>
     <t>c_2854321</t>
   </si>
   <si>
     <t>Methods and criteria for assessing medical devices</t>
   </si>
   <si>
-    <t>11/27/2015 16:46:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2035654/en/methods-and-criteria-for-assessing-medical-devices</t>
+    <t>27/11/2015 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035654/fr/methods-and-criteria-for-assessing-medical-devices</t>
   </si>
   <si>
     <t>c_2035654</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>La HAS évalue les dispositifs d’automesure dans la surveillance de la coagulation du sang</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a évalué l’intérêt, dans le système de santé français, de rembourser ou non des dispositifs d’automesure de la coagulation du sang chez les patients recevant un traitement anticoagulant par antivitamines K. La HAS recommande ce remboursement chez les enfants. En revanche elle ne le recommande pas chez les adultes dans les conditions actuelles.</t>
+  </si>
+  <si>
+    <t>09/02/2009 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_744911/fr/la-has-evalue-les-dispositifs-d-automesure-dans-la-surveillance-de-la-coagulation-du-sang</t>
+  </si>
+  <si>
+    <t>c_744911</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>DECISION N° 2014.0086/DC du 23 avril 2014 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du tocilizumab (ROACTEMRA) dans le cadre d’une recommandation temporaire d’utilisation - RTU ABROGEE 19/12/2016 -</t>
+  </si>
+  <si>
+    <t>Considérant :# * la pathologie, la maladie de Castleman inflammatoire (à CRP élevée) multicentrique, HHV8 négatif, non opérable, maladie rare sévère, pouvant engager le pronostic vital du patient ; * l’absence d’alternative appropriée et remboursable actuellement disponible chez ces patients ; * le fait que l’utilisation de ce médicament semble indispensable pour les patients avec une maladie de Castleman inflammatoire (à CRP élevée) non associée au virus HHV8, afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que la spécialité ROACTEMRA 20 mg/ml, solution à diluer pour perfusion, comprimé doit faire l’objet d’une prise en charge dérogatoire dans les indications : « Traitement de la maladie de Castleman inflammatoire (à CRP élevée) non associée au virus HHV8 » *RTU abrogée le 19 décembre 2016 par l'ANSM. La fin de cette RTU fait suite à la commercialisation de la spécialité SYLVANT (siltuximab), dans l’indication : «traitement des patients adultes atteints de la maladie de Castleman (MC) multicentrique, non infectés par le virus de l'immunodéficience humaine (VIH) et l'herpès-virus humain 8 (HHV-8) », dont l’AMM a été octroyée le 22 mai 2014 par la Commission européenne.*</t>
+  </si>
+  <si>
+    <t>23/04/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>06/02/2017 18:35:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741412/fr/decision-n-2014-0086/dc-du-23-avril-2014-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-tocilizumab-roactemra-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-19/12/2016</t>
+  </si>
+  <si>
+    <t>c_1741412</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -278,211 +581,653 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="H6" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="B7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H7" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="E8" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="H8" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="E9" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="H9" t="s">
-        <v>48</v>
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>60</v>
+      </c>
+      <c r="H10" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>64</v>
+      </c>
+      <c r="E11" t="s">
+        <v>65</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>66</v>
+      </c>
+      <c r="H11" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>70</v>
+      </c>
+      <c r="E12" t="s">
+        <v>70</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>71</v>
+      </c>
+      <c r="H12" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>76</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>77</v>
+      </c>
+      <c r="H13" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>81</v>
+      </c>
+      <c r="E14" t="s">
+        <v>82</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>83</v>
+      </c>
+      <c r="H14" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
+        <v>85</v>
+      </c>
+      <c r="C15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D15" t="s">
+        <v>87</v>
+      </c>
+      <c r="E15" t="s">
+        <v>88</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>89</v>
+      </c>
+      <c r="H15" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>91</v>
+      </c>
+      <c r="B16" t="s">
+        <v>92</v>
+      </c>
+      <c r="C16" t="s">
+        <v>93</v>
+      </c>
+      <c r="D16" t="s">
+        <v>94</v>
+      </c>
+      <c r="E16" t="s">
+        <v>94</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>95</v>
+      </c>
+      <c r="H16" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>97</v>
+      </c>
+      <c r="B17" t="s">
+        <v>98</v>
+      </c>
+      <c r="C17" t="s">
+        <v>99</v>
+      </c>
+      <c r="D17" t="s">
+        <v>100</v>
+      </c>
+      <c r="E17" t="s">
+        <v>101</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>102</v>
+      </c>
+      <c r="H17" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>97</v>
+      </c>
+      <c r="B18" t="s">
+        <v>104</v>
+      </c>
+      <c r="C18" t="s">
+        <v>105</v>
+      </c>
+      <c r="D18" t="s">
+        <v>106</v>
+      </c>
+      <c r="E18" t="s">
+        <v>107</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>108</v>
+      </c>
+      <c r="H18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>110</v>
+      </c>
+      <c r="B19" t="s">
+        <v>111</v>
+      </c>
+      <c r="C19" t="s">
+        <v>112</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>113</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>114</v>
+      </c>
+      <c r="H19" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>110</v>
+      </c>
+      <c r="B20" t="s">
+        <v>116</v>
+      </c>
+      <c r="C20" t="s">
+        <v>117</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>118</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>119</v>
+      </c>
+      <c r="H20" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>110</v>
+      </c>
+      <c r="B21" t="s">
+        <v>121</v>
+      </c>
+      <c r="C21" t="s">
+        <v>122</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>118</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>123</v>
+      </c>
+      <c r="H21" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>110</v>
+      </c>
+      <c r="B22" t="s">
+        <v>125</v>
+      </c>
+      <c r="C22" t="s">
+        <v>126</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>118</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>127</v>
+      </c>
+      <c r="H22" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>110</v>
+      </c>
+      <c r="B23" t="s">
+        <v>129</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>130</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>131</v>
+      </c>
+      <c r="H23" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>110</v>
+      </c>
+      <c r="B24" t="s">
+        <v>133</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>134</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>135</v>
+      </c>
+      <c r="H24" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>137</v>
+      </c>
+      <c r="B25" t="s">
+        <v>138</v>
+      </c>
+      <c r="C25" t="s">
+        <v>139</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>140</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>141</v>
+      </c>
+      <c r="H25" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>143</v>
+      </c>
+      <c r="B26" t="s">
+        <v>144</v>
+      </c>
+      <c r="C26" t="s">
+        <v>145</v>
+      </c>
+      <c r="D26" t="s">
+        <v>146</v>
+      </c>
+      <c r="E26" t="s">
+        <v>147</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>148</v>
+      </c>
+      <c r="H26" t="s">
+        <v>149</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>