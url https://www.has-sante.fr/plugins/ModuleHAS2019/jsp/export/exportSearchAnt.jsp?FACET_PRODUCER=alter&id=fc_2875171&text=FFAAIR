--- v0 (2025-11-16)
+++ v1 (2026-03-07)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="21">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -72,119 +72,101 @@
     <t>15/12/2022 15:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3395700/fr/prevention-diagnostic-et-prise-en-charge-du-syndrome-du-nez-vide</t>
   </si>
   <si>
     <t>p_3395700</t>
   </si>
   <si>
     <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
   </si>
   <si>
     <t>La bronchiolite aiguë du nourrisson est une pathologie respiratoire très fréquente. Les recommandations établissent trois stades de gravité de la maladie. La prise en charge repose avant tout sur un lavage de nez régulier et la surveillance des signes d’aggravation de l’état du nourrisson. Les traitements médicamenteux ou kinésithérapiques ne sont pas recommandés.</t>
   </si>
   <si>
     <t>06/11/2019 00:00:00</t>
   </si>
   <si>
     <t>14/11/2019 00:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3118113/fr/prise-en-charge-du-1er-episode-de-bronchiolite-aigue-chez-le-nourrisson-de-moins-de-12-mois</t>
   </si>
   <si>
     <t>p_3118113</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_2044304</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -224,69 +206,43 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="4">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>