--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -75,119 +75,101 @@
     <t>https://www.has-sante.fr/jcms/c_2833763/fr/les-espaces-de-calme-retrait-et-d-apaisement</t>
   </si>
   <si>
     <t>c_2833763</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre la Covid-19 – Place du vaccin à ARNm COMIRNATY® chez les 5-11 ans</t>
   </si>
   <si>
     <t>Dans un contexte épidémique marqué par une cinquième vague due au variant Delta et l’apparition à la mi-novembre du variant Omicron, la Haute Autorité de santé se prononce sur l’élargissement de la vaccination à l’ensemble des enfants de 5 à 11 ans. Sur la base des dernières données disponibles et après avoir auditionné les parties-prenantes, la HAS propose d’ouvrir la vaccination aux enfants de cette classe d’âge, sans obligation et sans que cela conditionne l’obtention d’un passe sanitaire, et en priorisant les enfants de moins de 12 ans scolarisés au collège. Elle indique que cette vaccination peut être réalisée dès la mise à disposition de la formulation pédiatrique du vaccin Comirnaty® de Pfizer.</t>
   </si>
   <si>
     <t>17/12/2021 00:00:00</t>
   </si>
   <si>
     <t>20/12/2021 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3306504/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-comirnaty-chez-les-5-11-ans</t>
   </si>
   <si>
     <t>p_3306504</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_2044304</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -227,69 +209,43 @@
       <c r="A3" t="s">
         <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="4">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>