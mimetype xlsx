--- v0 (2025-11-07)
+++ v1 (2026-02-14)
@@ -9,95 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Diabètes monogéniques de type MODY</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de diabète MODY. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3389587/fr/diabetes-monogeniques-de-type-mody</t>
   </si>
   <si>
     <t>p_3389587</t>
+  </si>
+  <si>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>L’évaluation des aspects éthiques à la Haute Autorité de santé</t>
+  </si>
+  <si>
+    <t>Ce guide définit une méthode d’évaluation des aspects éthiques. La méthode proposée dans ce guide a pour trois objectifs principaux : faciliter l’identification des sujets soulevant des questions éthiques dont l’analyse semble utile pour éclairer la prise de décision. garantir une homogénéité des méthodologies d’évaluation des aspects éthiques. permettre aux Commissions et au Collège de la HAS d’assurer la mise en regard des différentes dimensions de l’évaluation.</t>
+  </si>
+  <si>
+    <t>10/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2013 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525743/fr/l-evaluation-des-aspects-ethiques-a-la-haute-autorite-de-sante</t>
+  </si>
+  <si>
+    <t>c_1525743</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Cryopréservation de tissus, cellules et liquides biologiques issus du soin</t>
   </si>
   <si>
     <t>Ces recommandations sont une actualisation des « Recommandations pour la cryopréservation de cellules et tissus tumoraux dans le but de réaliser des analyses moléculaires », élaborées conjointement par la Société française de pathologie, la Société française d’hématologie et la Société française de cancérologie publiées en mai 2000. Cette actualisation a été demandée à la HAS par la Société française de pathologie.</t>
   </si>
   <si>
     <t>02/09/2009 00:00:00</t>
   </si>
   <si>
     <t>15/02/2010 14:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_923153/fr/cryopreservation-de-tissus-cellules-et-liquides-biologiques-issus-du-soin</t>
   </si>
   <si>
     <t>c_923153</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
@@ -158,51 +179,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -270,67 +291,93 @@
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>25</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>27</v>
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
-[...14 lines deleted...]
-      <c r="H5" t="s">
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
         <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>