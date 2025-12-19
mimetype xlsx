--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="131">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>02/05/2024 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>c_938890</t>
   </si>
   <si>
     <t>Lupus Systémique de l'adulte et de l'enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/02/2024 00:00:00</t>
   </si>
   <si>
     <t>09/02/2024 08:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
   </si>
@@ -437,51 +452,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H22"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -506,77 +521,77 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
@@ -587,77 +602,77 @@
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>40</v>
       </c>
       <c r="C8" t="s">
         <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
@@ -688,370 +703,396 @@
       </c>
       <c r="E9" t="s">
         <v>47</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>50</v>
       </c>
       <c r="C10" t="s">
         <v>51</v>
       </c>
       <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
         <v>52</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
         <v>53</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" t="s">
         <v>56</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
         <v>57</v>
       </c>
-      <c r="C11" t="s">
+      <c r="E11" t="s">
         <v>58</v>
       </c>
-      <c r="D11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>59</v>
       </c>
-      <c r="E11" t="s">
+      <c r="H11" t="s">
         <v>60</v>
-      </c>
-[...7 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" t="s">
         <v>63</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
         <v>64</v>
       </c>
-      <c r="C12" t="s">
+      <c r="E12" t="s">
         <v>65</v>
       </c>
-      <c r="D12" t="s">
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
         <v>66</v>
       </c>
-      <c r="E12" t="s">
+      <c r="H12" t="s">
         <v>67</v>
-      </c>
-[...7 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>68</v>
       </c>
       <c r="B13" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" t="s">
         <v>70</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>72</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
         <v>73</v>
       </c>
       <c r="H13" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>75</v>
       </c>
       <c r="C14" t="s">
         <v>76</v>
       </c>
       <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
         <v>77</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
         <v>78</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="B15" t="s">
+        <v>80</v>
+      </c>
+      <c r="C15" t="s">
         <v>81</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>83</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
         <v>84</v>
       </c>
       <c r="H15" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>86</v>
       </c>
       <c r="C16" t="s">
         <v>87</v>
       </c>
       <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
         <v>88</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
         <v>89</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B17" t="s">
+        <v>91</v>
+      </c>
+      <c r="C17" t="s">
         <v>92</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>93</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>94</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
         <v>95</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="B18" t="s">
+        <v>97</v>
+      </c>
+      <c r="C18" t="s">
         <v>98</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>99</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>100</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
         <v>101</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="B19" t="s">
+        <v>103</v>
+      </c>
+      <c r="C19" t="s">
         <v>104</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>105</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>106</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
         <v>107</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B20" t="s">
+        <v>109</v>
+      </c>
+      <c r="C20" t="s">
         <v>110</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>111</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>112</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
         <v>113</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="B21" t="s">
+        <v>115</v>
+      </c>
+      <c r="C21" t="s">
         <v>116</v>
       </c>
-      <c r="C21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>117</v>
       </c>
       <c r="E21" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H21" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>120</v>
+        <v>61</v>
       </c>
       <c r="B22" t="s">
         <v>121</v>
       </c>
       <c r="C22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
         <v>122</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
         <v>123</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>124</v>
       </c>
-      <c r="H22" t="s">
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
         <v>125</v>
+      </c>
+      <c r="B23" t="s">
+        <v>126</v>
+      </c>
+      <c r="C23" t="s">
+        <v>127</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>128</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>129</v>
+      </c>
+      <c r="H23" t="s">
+        <v>130</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>