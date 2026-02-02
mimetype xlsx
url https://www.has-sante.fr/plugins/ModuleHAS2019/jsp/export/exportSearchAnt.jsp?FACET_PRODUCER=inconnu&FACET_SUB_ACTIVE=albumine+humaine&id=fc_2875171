--- v0 (2025-11-04)
+++ v1 (2026-02-02)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
     <t>Hémophilie A acquise</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
   </si>
   <si>
     <t>p_3594164</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
   </si>
   <si>
     <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
   </si>
   <si>
     <t>01/09/2007 00:00:00</t>
   </si>
   <si>
     <t>24/12/2007 11:39:00</t>
   </si>
@@ -146,51 +161,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -206,93 +221,119 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
+      <c r="B5" t="s">
         <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>