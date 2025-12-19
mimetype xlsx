--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -13,77 +13,77 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation en santé " r:id="rId5" sheetId="3"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId7" sheetId="5"/>
     <sheet name="Export Communiqué de presse" r:id="rId8" sheetId="6"/>
     <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
     <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId11" sheetId="9"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1020" uniqueCount="654">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1036" uniqueCount="664">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -320,50 +320,383 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
   </si>
   <si>
     <t>c_548127</t>
   </si>
   <si>
     <t>Stratégie de diagnostic précoce du mélanome</t>
   </si>
   <si>
     <t>Le mélanome est un cancer cutané peu fréquent en comparaison du carcinome épithélial mais il est le plus grave car sa capacité à métastaser met en jeu le pronostic vital du patient. Le diagnostic des mélanomes in situ (stade précoce) ou ceux de faible épaisseur non métastasés permettrait de réduire la mortalité liée à ce cancer. Le rapport Stratégie de diagnostic précoce du mélanome discute des actions à mettre en place en 2006 pour améliorer et promouvoir le diagnostic précoce du mélanome : définition des populations à risque, formation des médecins, parcours de soins (du médecin traitant vers le dermatologue).</t>
   </si>
   <si>
     <t>03/11/2006 00:00:00</t>
   </si>
   <si>
     <t>23/11/2006 19:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_452354/fr/strategie-de-diagnostic-precoce-du-melanome</t>
   </si>
   <si>
     <t>c_452354</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi médical de l’enfant/l’adolescent(e) en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle de chacun des professionnels impliqués dans le parcours, et revient sur les situations dans lesquelles ils peuvent être sollicités.</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+  </si>
+  <si>
+    <t>p_3321295</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Mastocytoses non-avancées chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mastocytoses non-avancées. Il a été élaboré par le Centre de Référence des mastocytoses, CEREMAST, sous l’egide de la filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353127/fr/mastocytoses-non-avancees-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3353127</t>
+  </si>
+  <si>
+    <t>Fibroses pulmonaires génétiques de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fibrose pulmonaire d’origine génétique et de ses apparentés. Il a été élaboré par le Centre de référence constitutif des maladies pulmonaire rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/06/2022 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346174/fr/fibroses-pulmonaires-genetiques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3346174</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Fentes labiales et/ou palatines</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec une fente labiale et/ou palatine (FL/P). Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301614/fr/fentes-labiales-et/ou-palatines</t>
+  </si>
+  <si>
+    <t>p_3301614</t>
+  </si>
+  <si>
+    <t>Syndrome de Turner</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de syndrome de Turner (ST), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de Référence des maladies endocriniennes rares de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632797/fr/syndrome-de-turner</t>
+  </si>
+  <si>
+    <t>c_632797</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
+  </si>
+  <si>
+    <t>22/06/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
+  </si>
+  <si>
+    <t>c_2776017</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Vaccination des personnes vivant avec le VIH</t>
   </si>
   <si>
     <t>10/07/2025 00:00:00</t>
   </si>
   <si>
     <t>21/07/2025 17:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635651/fr/vaccination-des-personnes-vivant-avec-le-vih</t>
   </si>
   <si>
     <t>p_3635651</t>
   </si>
   <si>
     <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
   </si>
   <si>
     <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
@@ -1145,368 +1478,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
     <t>Modalités de prise de décision concernant l’indication en urgence d’une hospitalisation sans consentement d’une personne présentant des troubles mentaux</t>
   </si>
   <si>
     <t>Préciser les acteurs concernés et les éléments à prendre en compte pour décider d’une hospitalisation sans consentement (hospitalisation à la demande d’un tiers ou hospitalisation d’office) : Patients potentiellement concernés Intervenant pré-hospitaliers concernés Appréciation de la capacité à consentir aux soins Moyens favorisant l’obtention d’un consentement aux soins Évaluation de l’entourage familial et social avant la mise en œuvre d’une hospitalisation sans consentement Indications d’une hospitalisation sans consentement Alternatives éventuelles à l’hospitalisation sans consentement Modalités de mise en œuvre d’une hospitalisation sans consentement (rédaction des certificats, modalités de transport, modalités d’accueil hospitalier)</t>
   </si>
   <si>
     <t>01/04/2005 00:00:00</t>
   </si>
   <si>
     <t>01/04/2005 17:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272435/fr/modalites-de-prise-de-decision-concernant-l-indication-en-urgence-d-une-hospitalisation-sans-consentement-d-une-personne-presentant-des-troubles-mentaux</t>
   </si>
   <si>
     <t>c_272435</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...316 lines deleted...]
-  <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>29 propositions pour que le numérique en santé remplisse ses promesses</t>
   </si>
   <si>
     <t>La révolution numérique est largement engagée dans le champ de la santé, et s’esquisse dans le champ social et médico-social : accès facilité aux soins et aux accompagnements, mobilisation des données, amélioration des pratiques professionnelles et des parcours, recours à l’intelligence artificielle. Autant de promesses qui imposent d’agir dès à présent pour que le numérique apporte des solutions utiles et efficaces. Dans un rapport prospectif qu’elle publie ce jour, la HAS développe 29 propositions pour une mobilisation de tous : usagers, professionnels, industriels et Etat.</t>
   </si>
   <si>
     <t>19/06/2019 09:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3058311/fr/29-propositions-pour-que-le-numerique-en-sante-remplisse-ses-promesses</t>
   </si>
   <si>
     <t>p_3058311</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires - Rapport d'évaluation</t>
   </si>
   <si>
     <t>Séquençage haut débit ciblé (SHD ou NGS) ; panel de gènes ; génétique ; biologie moléculaire ; cardiomyopathies héréditaires ; altérations moléculaires ; diagnostic ; postnatal</t>
@@ -1844,84 +1859,99 @@
   <si>
     <t>c_2681915</t>
   </si>
   <si>
     <t>La maltraitance « ordinaire » dans les établissements de santé</t>
   </si>
   <si>
     <t>Pour cerner le phénomène de maltraitance ordinaire et renforcer la réflexion sur les moyens de le prévenir, la HAS a souhaité que le cabinet C.Compagnon.Conseil se mette à l’écoute des patients, de leurs proches mais aussi des professionnels et restitue ce qu’ils disent de l’univers hospitalier au quotidien. Cette étude est fondée sur des témoignages de malades, de proches et de professionnels, pris tels quels, dans toute leur subjectivité. Elle ne vise donc pas à mesurer l’ampleur de ce phénomène en termes quantitatif ni à porter sur lui un jugement global. L’originalité – et les limites - de ce travail est de partir du point de vue de personnes hospitalisées, de leurs proches et de professionnels en s’appuyant sur leur libre expression : témoignages écrits, entretiens...</t>
   </si>
   <si>
     <t>15/10/2009 00:00:00</t>
   </si>
   <si>
     <t>21/06/2012 12:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1258960/fr/la-maltraitance-ordinaire-dans-les-etablissements-de-sante</t>
   </si>
   <si>
     <t>c_1258960</t>
   </si>
   <si>
     <t>Outil d'amélioration des pratiques professionnelles</t>
   </si>
   <si>
+    <t>Consultation et prescription médicale d’activité physique à des fins de santé</t>
+  </si>
+  <si>
+    <t>Les guides de consultation et prescription médicale d’activité physique chez les adultes et les enfants et leurs fiches et focus d’aide à la prescription par pathologie ou par état de santé sont des outils à disposition des médecins généralistes et spécialistes pour les guider dans la prescription d’activité physique et d'activité physique adaptée à des fins de santé.</t>
+  </si>
+  <si>
+    <t>19/11/2025 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876862/fr/consultation-et-prescription-medicale-d-activite-physique-a-des-fins-de-sante</t>
+  </si>
+  <si>
+    <t>c_2876862</t>
+  </si>
+  <si>
     <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
   </si>
   <si>
     <t>25/10/2024 12:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
   </si>
   <si>
     <t>p_3552118</t>
   </si>
   <si>
     <t>Soutenir et encourager l'engagement des usagers dans les secteurs social, médico-social et sanitaire</t>
   </si>
   <si>
     <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une recommandation qui vise à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Ce premier travail, qui propose un socle de connaissances, sera suivie de travaux opérationnels.</t>
   </si>
   <si>
     <t>22/09/2020 09:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
   </si>
   <si>
     <t>p_3201812</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
   </si>
   <si>
-    <t>.La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
   </si>
   <si>
     <t>13/05/2025 14:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
     <t>Actualisation des recommandations et obligations pour les étudiants et professionnels des secteurs sanitaire, médicosocial et en contacts étroits avec de jeunes enfants</t>
   </si>
   <si>
     <t>La HAS préconise de faire évoluer le cadre juridique actuel afin que l’obligation vaccinale des professionnels soit fondée sur des critères liés à la catégorie professionnelle (en fonction du risque d’exposition professionnel et/ou de la personne prise en charge) et aux actes à risque susceptibles d’être réalisés, plutôt que sur une liste d’établissements ou organismes dans lesquels ils exercent. La HAS recommande fortement la vaccination contre la Covid-19, la diphtérie, le tétanos et la poliomyélite (sauf pour Mayotte où elle recommande un maintien de l’obligation pour le vaccin DTP) et maintient une obligation d’immunisation contre l’hépatite B et son élargissement aux professionnels libéraux.</t>
   </si>
   <si>
     <t>29/03/2023 00:00:00</t>
   </si>
   <si>
     <t>06/09/2023 16:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3424586/fr/actualisation-des-recommandations-et-obligations-pour-les-etudiants-et-professionnels-des-secteurs-sanitaire-medicosocial-et-en-contacts-etroits-avec-de-jeunes-enfants</t>
   </si>
@@ -2151,294 +2181,294 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="B2" t="s">
-        <v>611</v>
+        <v>621</v>
       </c>
       <c r="C2" t="s">
-        <v>612</v>
+        <v>622</v>
       </c>
       <c r="D2" t="s">
-        <v>113</v>
+        <v>224</v>
       </c>
       <c r="E2" t="s">
-        <v>613</v>
+        <v>623</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>614</v>
+        <v>624</v>
       </c>
       <c r="H2" t="s">
-        <v>615</v>
+        <v>625</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="B3" t="s">
-        <v>616</v>
+        <v>626</v>
       </c>
       <c r="C3" t="s">
-        <v>617</v>
+        <v>627</v>
       </c>
       <c r="D3" t="s">
-        <v>618</v>
+        <v>628</v>
       </c>
       <c r="E3" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="H3" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="B4" t="s">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="C4" t="s">
-        <v>623</v>
+        <v>633</v>
       </c>
       <c r="D4" t="s">
-        <v>624</v>
+        <v>634</v>
       </c>
       <c r="E4" t="s">
-        <v>625</v>
+        <v>635</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>626</v>
+        <v>636</v>
       </c>
       <c r="H4" t="s">
-        <v>627</v>
+        <v>637</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="B5" t="s">
-        <v>628</v>
+        <v>638</v>
       </c>
       <c r="C5" t="s">
-        <v>629</v>
+        <v>639</v>
       </c>
       <c r="D5" t="s">
-        <v>630</v>
+        <v>640</v>
       </c>
       <c r="E5" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>632</v>
+        <v>642</v>
       </c>
       <c r="H5" t="s">
-        <v>633</v>
+        <v>643</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>634</v>
+        <v>644</v>
       </c>
       <c r="B2" t="s">
-        <v>635</v>
+        <v>645</v>
       </c>
       <c r="C2" t="s">
-        <v>636</v>
+        <v>646</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>637</v>
+        <v>647</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>638</v>
+        <v>648</v>
       </c>
       <c r="H2" t="s">
-        <v>639</v>
+        <v>649</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>634</v>
+        <v>644</v>
       </c>
       <c r="B3" t="s">
-        <v>640</v>
+        <v>650</v>
       </c>
       <c r="C3" t="s">
-        <v>641</v>
+        <v>651</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>642</v>
+        <v>652</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>643</v>
+        <v>653</v>
       </c>
       <c r="H3" t="s">
-        <v>644</v>
+        <v>654</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>634</v>
+        <v>644</v>
       </c>
       <c r="B4" t="s">
-        <v>645</v>
+        <v>655</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>646</v>
+        <v>656</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>647</v>
+        <v>657</v>
       </c>
       <c r="H4" t="s">
-        <v>648</v>
+        <v>658</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>634</v>
+        <v>644</v>
       </c>
       <c r="B5" t="s">
-        <v>649</v>
+        <v>659</v>
       </c>
       <c r="C5" t="s">
-        <v>650</v>
+        <v>660</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>651</v>
+        <v>661</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>652</v>
+        <v>662</v>
       </c>
       <c r="H5" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2809,2745 +2839,2797 @@
       </c>
       <c r="D12" t="s">
         <v>89</v>
       </c>
       <c r="E12" t="s">
         <v>90</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>91</v>
       </c>
       <c r="H12" t="s">
         <v>92</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H23"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>97</v>
+      </c>
+      <c r="H2" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B3" t="s">
+        <v>99</v>
+      </c>
+      <c r="C3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H3" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>93</v>
+      </c>
+      <c r="B4" t="s">
+        <v>104</v>
+      </c>
+      <c r="C4" t="s">
+        <v>105</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>106</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>107</v>
+      </c>
+      <c r="H4" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>93</v>
+      </c>
+      <c r="B5" t="s">
+        <v>109</v>
+      </c>
+      <c r="C5" t="s">
+        <v>110</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>111</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>112</v>
+      </c>
+      <c r="H5" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>93</v>
+      </c>
+      <c r="B6" t="s">
+        <v>114</v>
+      </c>
+      <c r="C6" t="s">
+        <v>115</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>116</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>117</v>
+      </c>
+      <c r="H6" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>93</v>
+      </c>
+      <c r="B7" t="s">
+        <v>119</v>
+      </c>
+      <c r="C7" t="s">
+        <v>120</v>
+      </c>
+      <c r="D7" t="s">
+        <v>121</v>
+      </c>
+      <c r="E7" t="s">
+        <v>122</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>123</v>
+      </c>
+      <c r="H7" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>93</v>
+      </c>
+      <c r="B8" t="s">
+        <v>125</v>
+      </c>
+      <c r="C8" t="s">
+        <v>126</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>127</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>128</v>
+      </c>
+      <c r="H8" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>93</v>
+      </c>
+      <c r="B9" t="s">
+        <v>130</v>
+      </c>
+      <c r="C9" t="s">
+        <v>131</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>132</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>133</v>
+      </c>
+      <c r="H9" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
+        <v>135</v>
+      </c>
+      <c r="C10" t="s">
+        <v>136</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>137</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>138</v>
+      </c>
+      <c r="H10" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>140</v>
+      </c>
+      <c r="C11" t="s">
+        <v>141</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>142</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>143</v>
+      </c>
+      <c r="H11" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>145</v>
+      </c>
+      <c r="C12" t="s">
+        <v>146</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>142</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>147</v>
+      </c>
+      <c r="H12" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>149</v>
+      </c>
+      <c r="C13" t="s">
+        <v>150</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>142</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>151</v>
+      </c>
+      <c r="H13" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>93</v>
+      </c>
+      <c r="B14" t="s">
+        <v>153</v>
+      </c>
+      <c r="C14" t="s">
+        <v>154</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>155</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>156</v>
+      </c>
+      <c r="H14" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B15" t="s">
+        <v>158</v>
+      </c>
+      <c r="C15" t="s">
+        <v>159</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>160</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>161</v>
+      </c>
+      <c r="H15" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>93</v>
+      </c>
+      <c r="B16" t="s">
+        <v>163</v>
+      </c>
+      <c r="C16" t="s">
+        <v>164</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>165</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>166</v>
+      </c>
+      <c r="H16" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>93</v>
+      </c>
+      <c r="B17" t="s">
+        <v>168</v>
+      </c>
+      <c r="C17" t="s">
+        <v>169</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>170</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>171</v>
+      </c>
+      <c r="H17" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>93</v>
+      </c>
+      <c r="B18" t="s">
+        <v>173</v>
+      </c>
+      <c r="C18" t="s">
+        <v>174</v>
+      </c>
+      <c r="D18" t="s">
+        <v>175</v>
+      </c>
+      <c r="E18" t="s">
+        <v>176</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>177</v>
+      </c>
+      <c r="H18" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>93</v>
+      </c>
+      <c r="B19" t="s">
+        <v>179</v>
+      </c>
+      <c r="C19" t="s">
+        <v>180</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>181</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>182</v>
+      </c>
+      <c r="H19" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>93</v>
+      </c>
+      <c r="B20" t="s">
+        <v>184</v>
+      </c>
+      <c r="C20" t="s">
+        <v>185</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>186</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>187</v>
+      </c>
+      <c r="H20" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>93</v>
+      </c>
+      <c r="B21" t="s">
+        <v>189</v>
+      </c>
+      <c r="C21" t="s">
+        <v>190</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>191</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>192</v>
+      </c>
+      <c r="H21" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" t="s">
+        <v>194</v>
+      </c>
+      <c r="C22" t="s">
+        <v>195</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>196</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>197</v>
+      </c>
+      <c r="H22" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>93</v>
+      </c>
+      <c r="B23" t="s">
+        <v>199</v>
+      </c>
+      <c r="C23" t="s">
+        <v>200</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>201</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>202</v>
+      </c>
+      <c r="H23" t="s">
+        <v>203</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H52"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B2" t="s">
-        <v>94</v>
+        <v>205</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>95</v>
+        <v>206</v>
       </c>
       <c r="E2" t="s">
-        <v>96</v>
+        <v>207</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>97</v>
+        <v>208</v>
       </c>
       <c r="H2" t="s">
-        <v>98</v>
+        <v>209</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>210</v>
       </c>
       <c r="C3" t="s">
-        <v>100</v>
+        <v>211</v>
       </c>
       <c r="D3" t="s">
-        <v>101</v>
+        <v>212</v>
       </c>
       <c r="E3" t="s">
-        <v>102</v>
+        <v>213</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>103</v>
+        <v>214</v>
       </c>
       <c r="H3" t="s">
-        <v>104</v>
+        <v>215</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B4" t="s">
-        <v>105</v>
+        <v>216</v>
       </c>
       <c r="C4" t="s">
-        <v>106</v>
+        <v>217</v>
       </c>
       <c r="D4" t="s">
-        <v>107</v>
+        <v>218</v>
       </c>
       <c r="E4" t="s">
-        <v>108</v>
+        <v>219</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>109</v>
+        <v>220</v>
       </c>
       <c r="H4" t="s">
-        <v>110</v>
+        <v>221</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B5" t="s">
-        <v>111</v>
+        <v>222</v>
       </c>
       <c r="C5" t="s">
-        <v>112</v>
+        <v>223</v>
       </c>
       <c r="D5" t="s">
-        <v>113</v>
+        <v>224</v>
       </c>
       <c r="E5" t="s">
-        <v>114</v>
+        <v>225</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>115</v>
+        <v>226</v>
       </c>
       <c r="H5" t="s">
-        <v>116</v>
+        <v>227</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B6" t="s">
-        <v>117</v>
+        <v>228</v>
       </c>
       <c r="C6" t="s">
-        <v>118</v>
+        <v>229</v>
       </c>
       <c r="D6" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="E6" t="s">
-        <v>120</v>
+        <v>231</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>121</v>
+        <v>232</v>
       </c>
       <c r="H6" t="s">
-        <v>122</v>
+        <v>233</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B7" t="s">
-        <v>123</v>
+        <v>234</v>
       </c>
       <c r="C7" t="s">
-        <v>124</v>
+        <v>235</v>
       </c>
       <c r="D7" t="s">
-        <v>125</v>
+        <v>236</v>
       </c>
       <c r="E7" t="s">
-        <v>126</v>
+        <v>237</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>127</v>
+        <v>238</v>
       </c>
       <c r="H7" t="s">
-        <v>128</v>
+        <v>239</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B8" t="s">
-        <v>129</v>
+        <v>240</v>
       </c>
       <c r="C8" t="s">
-        <v>130</v>
+        <v>241</v>
       </c>
       <c r="D8" t="s">
-        <v>131</v>
+        <v>242</v>
       </c>
       <c r="E8" t="s">
-        <v>132</v>
+        <v>243</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>133</v>
+        <v>244</v>
       </c>
       <c r="H8" t="s">
-        <v>134</v>
+        <v>245</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B9" t="s">
-        <v>135</v>
+        <v>246</v>
       </c>
       <c r="C9" t="s">
-        <v>136</v>
+        <v>247</v>
       </c>
       <c r="D9" t="s">
-        <v>137</v>
+        <v>248</v>
       </c>
       <c r="E9" t="s">
-        <v>138</v>
+        <v>249</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>139</v>
+        <v>250</v>
       </c>
       <c r="H9" t="s">
-        <v>140</v>
+        <v>251</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B10" t="s">
-        <v>141</v>
+        <v>252</v>
       </c>
       <c r="C10" t="s">
-        <v>142</v>
+        <v>253</v>
       </c>
       <c r="D10" t="s">
-        <v>143</v>
+        <v>254</v>
       </c>
       <c r="E10" t="s">
-        <v>144</v>
+        <v>255</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>145</v>
+        <v>256</v>
       </c>
       <c r="H10" t="s">
-        <v>146</v>
+        <v>257</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B11" t="s">
-        <v>147</v>
+        <v>258</v>
       </c>
       <c r="C11" t="s">
-        <v>148</v>
+        <v>259</v>
       </c>
       <c r="D11" t="s">
         <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>149</v>
+        <v>260</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>150</v>
+        <v>261</v>
       </c>
       <c r="H11" t="s">
-        <v>151</v>
+        <v>262</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B12" t="s">
-        <v>152</v>
+        <v>263</v>
       </c>
       <c r="C12" t="s">
-        <v>153</v>
+        <v>264</v>
       </c>
       <c r="D12" t="s">
-        <v>154</v>
+        <v>265</v>
       </c>
       <c r="E12" t="s">
-        <v>155</v>
+        <v>266</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>156</v>
+        <v>267</v>
       </c>
       <c r="H12" t="s">
-        <v>157</v>
+        <v>268</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B13" t="s">
-        <v>158</v>
+        <v>269</v>
       </c>
       <c r="C13" t="s">
-        <v>159</v>
+        <v>270</v>
       </c>
       <c r="D13" t="s">
-        <v>154</v>
+        <v>265</v>
       </c>
       <c r="E13" t="s">
-        <v>155</v>
+        <v>266</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>160</v>
+        <v>271</v>
       </c>
       <c r="H13" t="s">
-        <v>161</v>
+        <v>272</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B14" t="s">
-        <v>162</v>
+        <v>273</v>
       </c>
       <c r="C14" t="s">
-        <v>163</v>
+        <v>274</v>
       </c>
       <c r="D14" t="s">
-        <v>154</v>
+        <v>265</v>
       </c>
       <c r="E14" t="s">
-        <v>164</v>
+        <v>275</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>165</v>
+        <v>276</v>
       </c>
       <c r="H14" t="s">
-        <v>166</v>
+        <v>277</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B15" t="s">
-        <v>167</v>
+        <v>278</v>
       </c>
       <c r="C15" t="s">
-        <v>168</v>
+        <v>279</v>
       </c>
       <c r="D15" t="s">
-        <v>154</v>
+        <v>265</v>
       </c>
       <c r="E15" t="s">
-        <v>164</v>
+        <v>275</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>169</v>
+        <v>280</v>
       </c>
       <c r="H15" t="s">
-        <v>170</v>
+        <v>281</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B16" t="s">
-        <v>171</v>
+        <v>282</v>
       </c>
       <c r="C16" t="s">
-        <v>168</v>
+        <v>279</v>
       </c>
       <c r="D16" t="s">
-        <v>154</v>
+        <v>265</v>
       </c>
       <c r="E16" t="s">
-        <v>155</v>
+        <v>266</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>172</v>
+        <v>283</v>
       </c>
       <c r="H16" t="s">
-        <v>173</v>
+        <v>284</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B17" t="s">
-        <v>174</v>
+        <v>285</v>
       </c>
       <c r="C17" t="s">
-        <v>175</v>
+        <v>286</v>
       </c>
       <c r="D17" t="s">
-        <v>154</v>
+        <v>265</v>
       </c>
       <c r="E17" t="s">
-        <v>164</v>
+        <v>275</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>176</v>
+        <v>287</v>
       </c>
       <c r="H17" t="s">
-        <v>177</v>
+        <v>288</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B18" t="s">
-        <v>178</v>
+        <v>289</v>
       </c>
       <c r="C18" t="s">
-        <v>179</v>
+        <v>290</v>
       </c>
       <c r="D18" t="s">
-        <v>154</v>
+        <v>265</v>
       </c>
       <c r="E18" t="s">
-        <v>164</v>
+        <v>275</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>180</v>
+        <v>291</v>
       </c>
       <c r="H18" t="s">
-        <v>181</v>
+        <v>292</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B19" t="s">
-        <v>182</v>
+        <v>293</v>
       </c>
       <c r="C19" t="s">
-        <v>183</v>
+        <v>294</v>
       </c>
       <c r="D19" t="s">
-        <v>154</v>
+        <v>265</v>
       </c>
       <c r="E19" t="s">
-        <v>155</v>
+        <v>266</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>184</v>
+        <v>295</v>
       </c>
       <c r="H19" t="s">
-        <v>185</v>
+        <v>296</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B20" t="s">
-        <v>186</v>
+        <v>297</v>
       </c>
       <c r="C20" t="s">
-        <v>168</v>
+        <v>279</v>
       </c>
       <c r="D20" t="s">
-        <v>154</v>
+        <v>265</v>
       </c>
       <c r="E20" t="s">
-        <v>155</v>
+        <v>266</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>187</v>
+        <v>298</v>
       </c>
       <c r="H20" t="s">
-        <v>188</v>
+        <v>299</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B21" t="s">
-        <v>189</v>
+        <v>300</v>
       </c>
       <c r="C21" t="s">
-        <v>163</v>
+        <v>274</v>
       </c>
       <c r="D21" t="s">
-        <v>154</v>
+        <v>265</v>
       </c>
       <c r="E21" t="s">
-        <v>164</v>
+        <v>275</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>190</v>
+        <v>301</v>
       </c>
       <c r="H21" t="s">
-        <v>191</v>
+        <v>302</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B22" t="s">
-        <v>192</v>
+        <v>303</v>
       </c>
       <c r="C22" t="s">
-        <v>163</v>
+        <v>274</v>
       </c>
       <c r="D22" t="s">
-        <v>154</v>
+        <v>265</v>
       </c>
       <c r="E22" t="s">
-        <v>164</v>
+        <v>275</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>193</v>
+        <v>304</v>
       </c>
       <c r="H22" t="s">
-        <v>194</v>
+        <v>305</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B23" t="s">
-        <v>195</v>
+        <v>306</v>
       </c>
       <c r="C23" t="s">
-        <v>196</v>
+        <v>307</v>
       </c>
       <c r="D23" t="s">
-        <v>197</v>
+        <v>308</v>
       </c>
       <c r="E23" t="s">
-        <v>198</v>
+        <v>309</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>199</v>
+        <v>310</v>
       </c>
       <c r="H23" t="s">
-        <v>200</v>
+        <v>311</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B24" t="s">
-        <v>201</v>
+        <v>312</v>
       </c>
       <c r="C24" t="s">
-        <v>202</v>
+        <v>313</v>
       </c>
       <c r="D24" t="s">
-        <v>203</v>
+        <v>314</v>
       </c>
       <c r="E24" t="s">
-        <v>204</v>
+        <v>315</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>205</v>
+        <v>316</v>
       </c>
       <c r="H24" t="s">
-        <v>206</v>
+        <v>317</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B25" t="s">
-        <v>207</v>
+        <v>318</v>
       </c>
       <c r="C25" t="s">
-        <v>208</v>
+        <v>319</v>
       </c>
       <c r="D25" t="s">
-        <v>209</v>
+        <v>320</v>
       </c>
       <c r="E25" t="s">
-        <v>210</v>
+        <v>321</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>211</v>
+        <v>322</v>
       </c>
       <c r="H25" t="s">
-        <v>212</v>
+        <v>323</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B26" t="s">
-        <v>213</v>
+        <v>324</v>
       </c>
       <c r="C26" t="s">
-        <v>214</v>
+        <v>325</v>
       </c>
       <c r="D26" t="s">
-        <v>215</v>
+        <v>326</v>
       </c>
       <c r="E26" t="s">
-        <v>216</v>
+        <v>327</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>217</v>
+        <v>328</v>
       </c>
       <c r="H26" t="s">
-        <v>218</v>
+        <v>329</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B27" t="s">
-        <v>219</v>
+        <v>330</v>
       </c>
       <c r="C27" t="s">
-        <v>220</v>
+        <v>331</v>
       </c>
       <c r="D27" t="s">
-        <v>221</v>
+        <v>332</v>
       </c>
       <c r="E27" t="s">
-        <v>222</v>
+        <v>333</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>223</v>
+        <v>334</v>
       </c>
       <c r="H27" t="s">
-        <v>224</v>
+        <v>335</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B28" t="s">
-        <v>225</v>
+        <v>336</v>
       </c>
       <c r="C28" t="s">
-        <v>226</v>
+        <v>337</v>
       </c>
       <c r="D28" t="s">
-        <v>227</v>
+        <v>338</v>
       </c>
       <c r="E28" t="s">
-        <v>228</v>
+        <v>339</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>229</v>
+        <v>340</v>
       </c>
       <c r="H28" t="s">
-        <v>230</v>
+        <v>341</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B29" t="s">
-        <v>231</v>
+        <v>342</v>
       </c>
       <c r="C29" t="s">
-        <v>232</v>
+        <v>343</v>
       </c>
       <c r="D29" t="s">
-        <v>227</v>
+        <v>338</v>
       </c>
       <c r="E29" t="s">
-        <v>228</v>
+        <v>339</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>233</v>
+        <v>344</v>
       </c>
       <c r="H29" t="s">
-        <v>234</v>
+        <v>345</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B30" t="s">
-        <v>235</v>
+        <v>346</v>
       </c>
       <c r="C30" t="s">
-        <v>236</v>
+        <v>347</v>
       </c>
       <c r="D30" t="s">
-        <v>237</v>
+        <v>348</v>
       </c>
       <c r="E30" t="s">
-        <v>238</v>
+        <v>349</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>239</v>
+        <v>350</v>
       </c>
       <c r="H30" t="s">
-        <v>240</v>
+        <v>351</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B31" t="s">
-        <v>241</v>
+        <v>352</v>
       </c>
       <c r="C31" t="s">
-        <v>242</v>
+        <v>353</v>
       </c>
       <c r="D31" t="s">
-        <v>243</v>
+        <v>354</v>
       </c>
       <c r="E31" t="s">
-        <v>244</v>
+        <v>355</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>245</v>
+        <v>356</v>
       </c>
       <c r="H31" t="s">
-        <v>246</v>
+        <v>357</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B32" t="s">
-        <v>247</v>
+        <v>358</v>
       </c>
       <c r="C32" t="s">
-        <v>248</v>
+        <v>359</v>
       </c>
       <c r="D32" t="s">
-        <v>249</v>
+        <v>360</v>
       </c>
       <c r="E32" t="s">
-        <v>250</v>
+        <v>361</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="H32" t="s">
-        <v>252</v>
+        <v>363</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B33" t="s">
-        <v>253</v>
+        <v>364</v>
       </c>
       <c r="C33" t="s">
-        <v>254</v>
+        <v>365</v>
       </c>
       <c r="D33" t="s">
-        <v>255</v>
+        <v>366</v>
       </c>
       <c r="E33" t="s">
-        <v>256</v>
+        <v>367</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>257</v>
+        <v>368</v>
       </c>
       <c r="H33" t="s">
-        <v>258</v>
+        <v>369</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B34" t="s">
-        <v>259</v>
+        <v>370</v>
       </c>
       <c r="C34" t="s">
-        <v>260</v>
+        <v>371</v>
       </c>
       <c r="D34" t="s">
-        <v>261</v>
+        <v>372</v>
       </c>
       <c r="E34" t="s">
-        <v>262</v>
+        <v>373</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>263</v>
+        <v>374</v>
       </c>
       <c r="H34" t="s">
-        <v>264</v>
+        <v>375</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B35" t="s">
-        <v>265</v>
+        <v>376</v>
       </c>
       <c r="C35" t="s">
-        <v>266</v>
+        <v>377</v>
       </c>
       <c r="D35" t="s">
-        <v>267</v>
+        <v>378</v>
       </c>
       <c r="E35" t="s">
-        <v>268</v>
+        <v>379</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>269</v>
+        <v>380</v>
       </c>
       <c r="H35" t="s">
-        <v>270</v>
+        <v>381</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B36" t="s">
-        <v>271</v>
+        <v>382</v>
       </c>
       <c r="C36" t="s">
-        <v>272</v>
+        <v>383</v>
       </c>
       <c r="D36" t="s">
         <v>77</v>
       </c>
       <c r="E36" t="s">
-        <v>273</v>
+        <v>384</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>274</v>
+        <v>385</v>
       </c>
       <c r="H36" t="s">
-        <v>275</v>
+        <v>386</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B37" t="s">
-        <v>276</v>
+        <v>387</v>
       </c>
       <c r="C37" t="s">
-        <v>277</v>
+        <v>388</v>
       </c>
       <c r="D37" t="s">
-        <v>278</v>
+        <v>389</v>
       </c>
       <c r="E37" t="s">
-        <v>279</v>
+        <v>390</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>280</v>
+        <v>391</v>
       </c>
       <c r="H37" t="s">
-        <v>281</v>
+        <v>392</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B38" t="s">
-        <v>282</v>
+        <v>393</v>
       </c>
       <c r="C38" t="s">
-        <v>283</v>
+        <v>394</v>
       </c>
       <c r="D38" t="s">
-        <v>284</v>
+        <v>395</v>
       </c>
       <c r="E38" t="s">
-        <v>285</v>
+        <v>396</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>286</v>
+        <v>397</v>
       </c>
       <c r="H38" t="s">
-        <v>287</v>
+        <v>398</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B39" t="s">
-        <v>288</v>
+        <v>399</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>289</v>
+        <v>400</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>290</v>
+        <v>401</v>
       </c>
       <c r="H39" t="s">
-        <v>291</v>
+        <v>402</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B40" t="s">
-        <v>292</v>
+        <v>403</v>
       </c>
       <c r="C40" t="s">
-        <v>293</v>
+        <v>404</v>
       </c>
       <c r="D40" t="s">
-        <v>294</v>
+        <v>405</v>
       </c>
       <c r="E40" t="s">
-        <v>295</v>
+        <v>406</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>296</v>
+        <v>407</v>
       </c>
       <c r="H40" t="s">
-        <v>297</v>
+        <v>408</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B41" t="s">
-        <v>298</v>
+        <v>409</v>
       </c>
       <c r="C41" t="s">
-        <v>299</v>
+        <v>410</v>
       </c>
       <c r="D41" t="s">
-        <v>300</v>
+        <v>411</v>
       </c>
       <c r="E41" t="s">
-        <v>301</v>
+        <v>412</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>302</v>
+        <v>413</v>
       </c>
       <c r="H41" t="s">
-        <v>303</v>
+        <v>414</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B42" t="s">
-        <v>304</v>
+        <v>415</v>
       </c>
       <c r="C42" t="s">
-        <v>305</v>
+        <v>416</v>
       </c>
       <c r="D42" t="s">
-        <v>306</v>
+        <v>417</v>
       </c>
       <c r="E42" t="s">
-        <v>307</v>
+        <v>418</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>308</v>
+        <v>419</v>
       </c>
       <c r="H42" t="s">
-        <v>309</v>
+        <v>420</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B43" t="s">
-        <v>310</v>
+        <v>421</v>
       </c>
       <c r="C43" t="s">
-        <v>311</v>
+        <v>422</v>
       </c>
       <c r="D43" t="s">
-        <v>312</v>
+        <v>423</v>
       </c>
       <c r="E43" t="s">
-        <v>313</v>
+        <v>424</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>314</v>
+        <v>425</v>
       </c>
       <c r="H43" t="s">
-        <v>315</v>
+        <v>426</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B44" t="s">
-        <v>316</v>
+        <v>427</v>
       </c>
       <c r="C44" t="s">
-        <v>317</v>
+        <v>428</v>
       </c>
       <c r="D44" t="s">
-        <v>318</v>
+        <v>429</v>
       </c>
       <c r="E44" t="s">
-        <v>319</v>
+        <v>430</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>320</v>
+        <v>431</v>
       </c>
       <c r="H44" t="s">
-        <v>321</v>
+        <v>432</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B45" t="s">
-        <v>322</v>
+        <v>433</v>
       </c>
       <c r="C45" t="s">
-        <v>323</v>
+        <v>434</v>
       </c>
       <c r="D45" t="s">
-        <v>324</v>
+        <v>435</v>
       </c>
       <c r="E45" t="s">
-        <v>325</v>
+        <v>436</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>326</v>
+        <v>437</v>
       </c>
       <c r="H45" t="s">
-        <v>327</v>
+        <v>438</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B46" t="s">
-        <v>328</v>
+        <v>439</v>
       </c>
       <c r="C46" t="s">
-        <v>329</v>
+        <v>440</v>
       </c>
       <c r="D46" t="s">
-        <v>330</v>
+        <v>441</v>
       </c>
       <c r="E46" t="s">
-        <v>331</v>
+        <v>442</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>332</v>
+        <v>443</v>
       </c>
       <c r="H46" t="s">
-        <v>333</v>
+        <v>444</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B47" t="s">
-        <v>334</v>
+        <v>445</v>
       </c>
       <c r="C47" t="s">
-        <v>335</v>
+        <v>446</v>
       </c>
       <c r="D47" t="s">
-        <v>336</v>
+        <v>447</v>
       </c>
       <c r="E47" t="s">
-        <v>336</v>
+        <v>447</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>337</v>
+        <v>448</v>
       </c>
       <c r="H47" t="s">
-        <v>338</v>
+        <v>449</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B48" t="s">
-        <v>339</v>
+        <v>450</v>
       </c>
       <c r="C48" t="s">
-        <v>340</v>
+        <v>451</v>
       </c>
       <c r="D48" t="s">
-        <v>341</v>
+        <v>452</v>
       </c>
       <c r="E48" t="s">
-        <v>341</v>
+        <v>452</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>342</v>
+        <v>453</v>
       </c>
       <c r="H48" t="s">
-        <v>343</v>
+        <v>454</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B49" t="s">
-        <v>344</v>
+        <v>455</v>
       </c>
       <c r="C49" t="s">
-        <v>345</v>
+        <v>456</v>
       </c>
       <c r="D49" t="s">
-        <v>346</v>
+        <v>457</v>
       </c>
       <c r="E49" t="s">
-        <v>347</v>
+        <v>458</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>348</v>
+        <v>459</v>
       </c>
       <c r="H49" t="s">
-        <v>349</v>
+        <v>460</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B50" t="s">
-        <v>350</v>
+        <v>461</v>
       </c>
       <c r="C50" t="s">
-        <v>351</v>
+        <v>462</v>
       </c>
       <c r="D50" t="s">
-        <v>352</v>
+        <v>463</v>
       </c>
       <c r="E50" t="s">
-        <v>353</v>
+        <v>464</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>354</v>
+        <v>465</v>
       </c>
       <c r="H50" t="s">
-        <v>355</v>
+        <v>466</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B51" t="s">
-        <v>356</v>
+        <v>467</v>
       </c>
       <c r="C51" t="s">
-        <v>357</v>
+        <v>468</v>
       </c>
       <c r="D51" t="s">
-        <v>358</v>
+        <v>469</v>
       </c>
       <c r="E51" t="s">
-        <v>359</v>
+        <v>470</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>360</v>
+        <v>471</v>
       </c>
       <c r="H51" t="s">
-        <v>361</v>
+        <v>472</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>93</v>
+        <v>204</v>
       </c>
       <c r="B52" t="s">
-        <v>362</v>
+        <v>473</v>
       </c>
       <c r="C52" t="s">
-        <v>363</v>
+        <v>474</v>
       </c>
       <c r="D52" t="s">
-        <v>364</v>
+        <v>475</v>
       </c>
       <c r="E52" t="s">
-        <v>365</v>
+        <v>476</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>366</v>
+        <v>477</v>
       </c>
       <c r="H52" t="s">
-        <v>367</v>
-[...585 lines deleted...]
-        <v>473</v>
+        <v>478</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="B2" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="C2" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="H2" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="B2" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="C2" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="D2" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="E2" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="H2" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="B3" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="C3" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="D3" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="E3" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="H3" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="B4" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="C4" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="D4" t="s">
-        <v>391</v>
+        <v>121</v>
       </c>
       <c r="E4" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="H4" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="B5" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="C5" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="D5" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="E5" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="H5" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="B6" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="C6" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="D6" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="E6" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="H6" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="B7" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="C7" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="D7" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="E7" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="H7" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="B8" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="C8" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="D8" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="E8" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="H8" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="B9" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="C9" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="D9" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="E9" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="H9" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="B10" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="C10" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="D10" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="E10" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="H10" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="B11" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="C11" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="D11" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="E11" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="H11" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="B12" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="C12" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="D12" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="E12" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="H12" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="B13" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="C13" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="D13" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="E13" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="H13" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="B14" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="C14" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="D14" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="E14" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="H14" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="B15" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="C15" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="D15" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="E15" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="H15" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="B2" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="C2" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="D2" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="E2" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="H2" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="B3" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="C3" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="D3" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="E3" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="H3" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="B4" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="C4" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="D4" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="E4" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="H4" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="B5" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="C5" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="D5" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="E5" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="H5" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="B6" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="C6" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="D6" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="E6" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="H6" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="B7" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="C7" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="D7" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="E7" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="H7" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="B2" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>607</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="H2" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="B3" t="s">
+        <v>611</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>612</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>613</v>
+      </c>
+      <c r="H3" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>605</v>
       </c>
-      <c r="C3" t="s">
-[...15 lines deleted...]
-        <v>609</v>
+      <c r="B4" t="s">
+        <v>615</v>
+      </c>
+      <c r="C4" t="s">
+        <v>616</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>617</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>618</v>
+      </c>
+      <c r="H4" t="s">
+        <v>619</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>