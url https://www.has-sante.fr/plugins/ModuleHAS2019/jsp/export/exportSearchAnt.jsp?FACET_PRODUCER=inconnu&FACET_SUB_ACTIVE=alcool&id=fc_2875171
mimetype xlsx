--- v1 (2025-12-19)
+++ v2 (2026-02-02)
@@ -39,51 +39,51 @@
     <sheet name="Export Recommandation de bonne " r:id="rId7" sheetId="5"/>
     <sheet name="Export Communiqué de presse" r:id="rId8" sheetId="6"/>
     <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
     <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId11" sheetId="9"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1036" uniqueCount="664">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1044" uniqueCount="669">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -321,50 +321,65 @@
     <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
   </si>
   <si>
     <t>c_548127</t>
   </si>
   <si>
     <t>Stratégie de diagnostic précoce du mélanome</t>
   </si>
   <si>
     <t>Le mélanome est un cancer cutané peu fréquent en comparaison du carcinome épithélial mais il est le plus grave car sa capacité à métastaser met en jeu le pronostic vital du patient. Le diagnostic des mélanomes in situ (stade précoce) ou ceux de faible épaisseur non métastasés permettrait de réduire la mortalité liée à ce cancer. Le rapport Stratégie de diagnostic précoce du mélanome discute des actions à mettre en place en 2006 pour améliorer et promouvoir le diagnostic précoce du mélanome : définition des populations à risque, formation des médecins, parcours de soins (du médecin traitant vers le dermatologue).</t>
   </si>
   <si>
     <t>03/11/2006 00:00:00</t>
   </si>
   <si>
     <t>23/11/2006 19:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_452354/fr/strategie-de-diagnostic-precoce-du-melanome</t>
   </si>
   <si>
     <t>c_452354</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Mastocytoses avancées de l'adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>17/07/2025 17:21:00</t>
   </si>
@@ -2181,294 +2196,294 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="B2" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="C2" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="E2" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="H2" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="B3" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="C3" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="D3" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="E3" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="H3" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="B4" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="C4" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="D4" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="E4" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="H4" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="B5" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="C5" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="D5" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="E5" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="H5" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="B2" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="C2" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="H2" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="B3" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="C3" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="H3" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="B4" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="H4" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="B5" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="C5" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="H5" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2839,51 +2854,51 @@
       </c>
       <c r="D12" t="s">
         <v>89</v>
       </c>
       <c r="E12" t="s">
         <v>90</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>91</v>
       </c>
       <c r="H12" t="s">
         <v>92</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3012,77 +3027,77 @@
       </c>
       <c r="E6" t="s">
         <v>116</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>117</v>
       </c>
       <c r="H6" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>93</v>
       </c>
       <c r="B7" t="s">
         <v>119</v>
       </c>
       <c r="C7" t="s">
         <v>120</v>
       </c>
       <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>121</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>122</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>93</v>
       </c>
       <c r="B8" t="s">
+        <v>124</v>
+      </c>
+      <c r="C8" t="s">
         <v>125</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>127</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>128</v>
       </c>
       <c r="H8" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>93</v>
       </c>
       <c r="B9" t="s">
         <v>130</v>
       </c>
       <c r="C9" t="s">
         <v>131</v>
       </c>
       <c r="D9" t="s">
@@ -3145,103 +3160,103 @@
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>143</v>
       </c>
       <c r="H11" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>93</v>
       </c>
       <c r="B12" t="s">
         <v>145</v>
       </c>
       <c r="C12" t="s">
         <v>146</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H12" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>93</v>
       </c>
       <c r="B13" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C13" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H13" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>93</v>
       </c>
       <c r="B14" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C14" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>156</v>
       </c>
       <c r="H14" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>93</v>
       </c>
       <c r="B15" t="s">
         <v>158</v>
       </c>
       <c r="C15" t="s">
         <v>159</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
@@ -3298,77 +3313,77 @@
       </c>
       <c r="E17" t="s">
         <v>170</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>171</v>
       </c>
       <c r="H17" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>93</v>
       </c>
       <c r="B18" t="s">
         <v>173</v>
       </c>
       <c r="C18" t="s">
         <v>174</v>
       </c>
       <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
         <v>175</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
         <v>176</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>93</v>
       </c>
       <c r="B19" t="s">
+        <v>178</v>
+      </c>
+      <c r="C19" t="s">
         <v>179</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E19" t="s">
         <v>181</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>182</v>
       </c>
       <c r="H19" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>93</v>
       </c>
       <c r="B20" t="s">
         <v>184</v>
       </c>
       <c r="C20" t="s">
         <v>185</v>
       </c>
       <c r="D20" t="s">
@@ -3441,2195 +3456,2221 @@
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>93</v>
       </c>
       <c r="B23" t="s">
         <v>199</v>
       </c>
       <c r="C23" t="s">
         <v>200</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
         <v>201</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>202</v>
       </c>
       <c r="H23" t="s">
         <v>203</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>93</v>
+      </c>
+      <c r="B24" t="s">
+        <v>204</v>
+      </c>
+      <c r="C24" t="s">
+        <v>205</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>206</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>207</v>
+      </c>
+      <c r="H24" t="s">
+        <v>208</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H52"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B2" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="E2" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="H2" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B3" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="C3" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="D3" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="E3" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="H3" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B4" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="C4" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="D4" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="E4" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="H4" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B5" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="C5" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="D5" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="E5" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="H5" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B6" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="C6" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="D6" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="E6" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="H6" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B7" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C7" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="D7" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="E7" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="H7" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B8" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="C8" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="D8" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="E8" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="H8" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B9" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="C9" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="D9" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="E9" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="H9" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B10" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C10" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="D10" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="E10" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="H10" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B11" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="C11" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="D11" t="s">
         <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="H11" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B12" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="C12" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="D12" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="E12" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="H12" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B13" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="C13" t="s">
+        <v>275</v>
+      </c>
+      <c r="D13" t="s">
         <v>270</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="H13" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B14" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="C14" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="D14" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="E14" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="H14" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B15" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="C15" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="D15" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="E15" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="H15" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B16" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="C16" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="D16" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="E16" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="H16" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B17" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="C17" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="D17" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="E17" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="H17" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B18" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="C18" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="D18" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="E18" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="H18" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B19" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="C19" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="D19" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="E19" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="H19" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B20" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="C20" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="D20" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="E20" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="H20" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B21" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="C21" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="D21" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="E21" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="H21" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B22" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="C22" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="D22" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="E22" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="H22" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B23" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="C23" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="D23" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="E23" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="H23" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B24" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="C24" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="D24" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="E24" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="H24" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B25" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="C25" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="D25" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="E25" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="H25" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B26" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="C26" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D26" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="E26" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="H26" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B27" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="C27" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="D27" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="E27" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="H27" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B28" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="C28" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="D28" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="E28" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="H28" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B29" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="C29" t="s">
+        <v>348</v>
+      </c>
+      <c r="D29" t="s">
         <v>343</v>
       </c>
-      <c r="D29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E29" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="H29" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B30" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="C30" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="D30" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="E30" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="H30" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B31" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="C31" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="D31" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="E31" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="H31" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B32" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="C32" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="D32" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="E32" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="H32" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B33" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="C33" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="D33" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="E33" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="H33" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B34" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="C34" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="D34" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="E34" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="H34" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B35" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="C35" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="D35" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="E35" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="H35" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B36" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="C36" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="D36" t="s">
         <v>77</v>
       </c>
       <c r="E36" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="H36" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B37" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="C37" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="D37" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="E37" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="H37" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B38" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="C38" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="D38" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="E38" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="H38" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B39" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="H39" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B40" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="C40" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="D40" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="E40" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="H40" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B41" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="C41" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="D41" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="E41" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="H41" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B42" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="C42" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="D42" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="E42" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="H42" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B43" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="C43" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="D43" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="E43" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="H43" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B44" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="C44" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="D44" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="E44" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="H44" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B45" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="C45" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="D45" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="E45" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="H45" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B46" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="C46" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="D46" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="E46" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="H46" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B47" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="C47" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="D47" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="E47" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="H47" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B48" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="C48" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D48" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="E48" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="H48" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B49" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="C49" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="D49" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="E49" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="H49" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B50" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="C50" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="D50" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="E50" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="H50" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B51" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="C51" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="D51" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="E51" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="H51" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B52" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="C52" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="D52" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="E52" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="H52" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="B2" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="C2" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="H2" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="B2" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="C2" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="D2" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="E2" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="H2" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="B3" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="C3" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="D3" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="E3" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="H3" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="B4" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="C4" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="D4" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="E4" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="H4" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="B5" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="C5" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="D5" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="E5" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="H5" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="B6" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="C6" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="D6" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="E6" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="H6" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="B7" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="C7" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="D7" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="E7" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="H7" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="B8" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="C8" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="D8" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="E8" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="H8" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="B9" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="C9" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="D9" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="E9" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="H9" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="B10" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="C10" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="D10" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="E10" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="H10" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="B11" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="C11" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="D11" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="E11" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="H11" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="B12" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="C12" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="D12" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="E12" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="H12" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="B13" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="C13" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="D13" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="E13" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="H13" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="B14" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="C14" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="D14" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="E14" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="H14" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="B15" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="C15" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="D15" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="E15" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="H15" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="B2" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="C2" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="D2" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="E2" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="H2" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="B3" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="C3" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="D3" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="E3" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="H3" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="B4" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="C4" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="D4" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="E4" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="H4" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="B5" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="C5" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="D5" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="E5" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="H5" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="B6" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="C6" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="D6" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="E6" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="H6" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="B7" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="C7" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="D7" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="E7" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="H7" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="B2" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="C2" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="H2" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="B3" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="H3" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="B4" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="C4" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="H4" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>