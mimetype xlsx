--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -9,92 +9,107 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="39">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Générique obésités de causes rares</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/07/2021 00:00:00</t>
   </si>
   <si>
     <t>29/07/2021 17:26:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
   </si>
   <si>
     <t>p_3280217</t>
   </si>
   <si>
     <t>Trisomie 21</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/01/2020 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
   </si>
   <si>
     <t>p_3148883</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
@@ -161,179 +176,205 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>21</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>24</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>25</v>
-      </c>
-[...7 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>29</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>30</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>31</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="H5" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
         <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>