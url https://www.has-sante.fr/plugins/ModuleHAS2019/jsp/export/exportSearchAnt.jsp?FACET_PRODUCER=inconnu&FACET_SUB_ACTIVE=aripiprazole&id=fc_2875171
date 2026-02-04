--- v1 (2025-12-20)
+++ v2 (2026-02-04)
@@ -47,51 +47,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>Générique obésités de causes rares</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/07/2021 00:00:00</t>
   </si>
   <si>
     <t>29/07/2021 17:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
   </si>
   <si>
     <t>p_3280217</t>
   </si>