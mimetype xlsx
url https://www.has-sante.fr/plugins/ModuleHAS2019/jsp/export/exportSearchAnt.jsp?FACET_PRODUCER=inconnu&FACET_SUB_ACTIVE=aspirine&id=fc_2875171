--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -1,2303 +1,421 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="406" uniqueCount="248">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="44">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>OMNIPOD 5 (pompe à insuline et contrôleur OMNIPOD 5 + système de mesure du glucose interstitiel DEXCOM G6)</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>30/01/2024 00:00:00</t>
-[...128 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
   </si>
   <si>
     <t>p_3461308</t>
   </si>
   <si>
-    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
-[...242 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Prise en charge diagnostique et traitement immédiat de l’accident ischémique transitoire de l’adulte</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272368/fr/prise-en-charge-diagnostique-et-traitement-immediat-de-l-accident-ischemique-transitoire-de-l-adulte</t>
+    <t>Diagnosis and immediate management of transient ischaemic attacks (TIAs) in adults</t>
+  </si>
+  <si>
+    <t>These recommendations are aimed at : - Update the definition of TIA - Specify clinical symptoms for a diagnosis - Addresse TIA prognosis - Describe tests for positive and aetiological diagnosis - Describe immediate treatment</t>
+  </si>
+  <si>
+    <t>05/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
   </si>
   <si>
     <t>c_272368</t>
   </si>
   <si>
-    <t>Indications et non-indications de la dialyse péritonéale chronique chez l’adulte</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
-[...134 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Elements to evaluate for managing a patient in outpatient surgery</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>05/21/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
   </si>
   <si>
     <t>c_1346147</t>
   </si>
   <si>
-    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
-[...5 lines deleted...]
-    <t>13/11/2013 00:00:00</t>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
   </si>
   <si>
     <t>c_827591</t>
-  </si>
-[...91 lines deleted...]
-    <t>pprd_2974213</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J7"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...16 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...22 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="E5" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="H5" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="C6" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D6" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="E6" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="H6" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="C7" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="D7" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="E7" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="H7" t="s">
-        <v>49</v>
-[...1209 lines deleted...]
-        <v>247</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>