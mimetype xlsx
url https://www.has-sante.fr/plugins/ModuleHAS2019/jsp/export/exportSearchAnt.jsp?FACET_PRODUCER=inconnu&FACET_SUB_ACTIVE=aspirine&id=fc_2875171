--- v1 (2025-12-23)
+++ v2 (2026-02-06)
@@ -1,421 +1,2344 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="414" uniqueCount="253">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...5 lines deleted...]
-    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>OMNIPOD 5 (pompe à insuline et contrôleur OMNIPOD 5 + système de mesure du glucose interstitiel DEXCOM G6)</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>30/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3496700/fr/omnipod-5-pompe-a-insuline-et-controleur-omnipod-5-systeme-de-mesure-du-glucose-interstitiel-dexcom-g6</t>
+  </si>
+  <si>
+    <t>p_3496700</t>
+  </si>
+  <si>
+    <t>Système de boucle semi-fermée dédié à la gestion automatisée du diabète de type 1</t>
+  </si>
+  <si>
+    <t>INSULET France S.A.S (France)</t>
+  </si>
+  <si>
+    <t>CASPER</t>
+  </si>
+  <si>
+    <t>09/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>19/04/2021 15:04:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259535/fr/casper</t>
+  </si>
+  <si>
+    <t>p_3259535</t>
+  </si>
+  <si>
+    <t>Endoprothèse carotidienne auto-expansible</t>
+  </si>
+  <si>
+    <t>MICROVENTION EUROPE</t>
+  </si>
+  <si>
+    <t>MITRACLIP</t>
+  </si>
+  <si>
+    <t>Ce produit fait l'objet d'un avis d'efficience</t>
+  </si>
+  <si>
+    <t>24/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023888/fr/mitraclip</t>
+  </si>
+  <si>
+    <t>c_2023888</t>
+  </si>
+  <si>
+    <t>ABBOTT FRANCE SAS</t>
+  </si>
+  <si>
+    <t>AMPLATZER AMULET LEFT ATRIAL APPENDAGE OCCLUDER</t>
+  </si>
+  <si>
+    <t>27/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>27/02/2015 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011106/fr/amplatzer-amulet-left-atrial-appendage-occluder</t>
+  </si>
+  <si>
+    <t>c_2011106</t>
+  </si>
+  <si>
+    <t>ST JUDE MEDICAL FRANCE SAS</t>
+  </si>
+  <si>
+    <t>PIPELINE - 15 novembre 2011 (3927) avis</t>
+  </si>
+  <si>
+    <t>Stent intracrânien auto-expansible à largage contrôlé (dit stent flow diverter) NEURORADIOLOGIE – Nouveau dispositif médical Progrès thérapeutique mineur par rapport à l’abstention thérapeutique</t>
+  </si>
+  <si>
+    <t>15/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/11/2011 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098551/fr/pipeline-15-novembre-2011-3927-avis</t>
+  </si>
+  <si>
+    <t>c_1098551</t>
+  </si>
+  <si>
+    <t>Ev3 SAS</t>
+  </si>
+  <si>
+    <t>CYPHER</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398584/fr/cypher</t>
+  </si>
+  <si>
+    <t>c_398584</t>
+  </si>
+  <si>
+    <t>CORDIS Europa N.V (Hollande)</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la dengue - Place du vaccin Qdenga</t>
+  </si>
+  <si>
+    <t>La HAS recommande la mise en place de la vaccination contre la dengue par le vaccin Qdenga dans les territoires français d’Amérique (Antilles et Guyane), ainsi qu’à Mayotte et à La Réunion. La HAS préconise de vacciner dans ces territoires les enfants âgés de 6 à 16 ans présentant un antécédent d’infection par la dengue ainsi que les adultes de 17 à 60 ans présentant des comorbidités, avec ou sans antécédent.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>12/17/2024 11:07:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+    <t>17/12/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
   </si>
   <si>
     <t>p_3461308</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
+  </si>
+  <si>
+    <t>14/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1615995</t>
+  </si>
+  <si>
+    <t>Dépistage et prévention du cancer colorectal</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer colorectal à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2013 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623732/fr/depistage-et-prevention-du-cancer-colorectal</t>
+  </si>
+  <si>
+    <t>c_1623732</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Mastocytoses non-avancées chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mastocytoses non-avancées. Il a été élaboré par le Centre de Référence des mastocytoses, CEREMAST, sous l’egide de la filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353127/fr/mastocytoses-non-avancees-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3353127</t>
+  </si>
+  <si>
+    <t>Syndrome de Turner</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de syndrome de Turner (ST), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de Référence des maladies endocriniennes rares de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632797/fr/syndrome-de-turner</t>
+  </si>
+  <si>
+    <t>c_632797</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Diagnosis and immediate management of transient ischaemic attacks (TIAs) in adults</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
+    <t>Prise en charge diagnostique et traitement immédiat de l’accident ischémique transitoire de l’adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à : 1. Fournir une définition de l'accident ischémique transitoire (AIT) tenant compte des données actuelles de la neuro-imagerie et de la prise en charge des urgences neuro-vasculaires. 2. Préciser la valeur diagnostique des signes cliniques compatibles avec un AIT et indiquer les diagnostics différentiels à évoquer. 3. Évaluer le pronostic de l'AIT afin de préciser le délai de prise en charge diagnostique et thérapeutique. 4. Indiquer les examens complémentaires à visée diagnostique et étiologique à réaliser. 5. Indiquer le traitement immédiat à entreprendre dans l'attente du bilan étiologique. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>01/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/fr/prise-en-charge-diagnostique-et-traitement-immediat-de-l-accident-ischemique-transitoire-de-l-adulte</t>
   </si>
   <si>
     <t>c_272368</t>
   </si>
   <si>
-    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Indications et non-indications de la dialyse péritonéale chronique chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les indications et les non-indications de la dialyse péritonéale (DP) chronique chez l’adulte (enfants exclus).</t>
+  </si>
+  <si>
+    <t>15/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2008 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_702927/fr/indications-et-non-indications-de-la-dialyse-peritoneale-chronique-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_702927</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Actions et propositions de la HAS pour la qualité et la sécurité des soins et pour la pérennité du système de santé</t>
+  </si>
+  <si>
+    <t>Depuis un an, la HAS a engagé l’ensemble de ses services dans des chantiers afin d’affirmer sa place dans la régulation par la qualité et l’efficience : avis d’efficience sur les médicaments et dispositifs médicaux les plus innovants, renforcement des critères d’évaluation des établissements de santé et des pratiques médicales et déploiement de parcours de soins ou de programmes d’appui aux équipes sur la gestion des risques. Tous ces chantiers doivent contribuer à la soutenabilité du système de santé. Dans cette optique, la HAS apporte sa contribution aux évolutions de ce système en émettant un avis sur le projet de loi de santé. Elle propose aux pouvoirs publics des amendements et des propositions sur les enjeux et évolutions qu’elle juge primordiaux.</t>
+  </si>
+  <si>
+    <t>29/09/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765072/fr/actions-et-propositions-de-la-has-pour-la-qualite-et-la-securite-des-soins-et-pour-la-perennite-du-systeme-de-sante</t>
+  </si>
+  <si>
+    <t>c_1765072</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer la capacité des biopsies ciblées à détecter un cancer de la prostate (cliniquement significatif et non cliniquement significatif) chez les patients avec une suspicion de cancer de la prostate établie sur la base d'un toucher rectal anormal et/ou des valeurs du marqueur sérique PSA anormales ou avec des facteurs de risques familiaux ou liés à l'origine ethnique (africaine en particulier) chez : i) les patients candidats à une première série de biopsies ou ii) à des biopsies répétées (en cas de suspicion persistante de cancer de la prostate après une première série de biopsies négatives)</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2023 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483677/fr/biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3483677</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic de rechute de maladie inflammatoire chronique intestinale (MICI) chez des sujets ne présentant ni évacuation fécale sanglante ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer le diagnostic étiologique de poussées de symptômes digestifs venant interrompre une phase de rémission de maladie inflammatoire chronique intestinale (MICI).</t>
+  </si>
+  <si>
+    <t>28/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2020 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854253/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-de-rechute-de-maladie-inflammatoire-chronique-intestinale-mici-chez-des-sujets-ne-presentant-ni-evacuation-fecale-sanglante-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>c_2854253</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic étiologique de troubles digestifs chroniques survenant chez des sujets de moins de 50 ans sans signe d’alarme ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer les démarches de diagnostic étiologique qui sont actuellement menées auprès de sujets de moins de 50 ans consultant pour des manifestations digestives chroniques dominées par une douleur abdominale et par des troubles du transit.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189133/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-etiologique-de-troubles-digestifs-chroniques-survenant-chez-des-sujets-de-moins-de-50-ans-sans-signe-d-alarme-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>p_3189133</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Actes évalués : le test respiratoire à l’urée marquée au 13C, la recherche d’antigène fécal et les techniques d’amplification génique pour détecter H. pylori puis les mutations de résistance à la clarithromycine.</t>
+  </si>
+  <si>
+    <t>24/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2019 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863243/fr/evaluation-des-actes-de-biologie-medicale-relatifs-a-la-prise-en-charge-de-l-infection-a-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2863243</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Éléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>Eléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire. Evaluation de chaque patient au cas par cas, basée sur le triptyque patient-acte-structure.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
   </si>
   <si>
     <t>c_1346147</t>
   </si>
   <si>
-    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
-[...2 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
+  </si>
+  <si>
+    <t>Évaluation des endoprothèses utilisées dans l’angioplastie des sténoses athéromateuses intracrâniennes</t>
+  </si>
+  <si>
+    <t>Cette évaluation, concerne l’ensemble des endoprothèses utilisées dans le traitement des sténoses athéromateuses intracrâniennes. L’objectif de cette évaluation est d’entreprendre une réévaluation des performances cliniques et de la sécurité de ces endoprothèses, ainsi que de définir leur place dans la stratégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>29/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2013 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598003/fr/evaluation-des-endoprotheses-utilisees-dans-l-angioplastie-des-stenoses-atheromateuses-intracraniennes</t>
+  </si>
+  <si>
+    <t>c_1598003</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Prise en charge hospitalière de l'infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>Résultats nationaux campagne 2015 sur la prise en charge hospitalière de l‘infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>18/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676802/fr/resultats-des-iqss-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_2676802</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du vaccin à ARNm COMIRNATY® chez les 5-11 ans</t>
+  </si>
+  <si>
+    <t>Dans un contexte épidémique marqué par une cinquième vague due au variant Delta et l’apparition à la mi-novembre du variant Omicron, la Haute Autorité de santé se prononce sur l’élargissement de la vaccination à l’ensemble des enfants de 5 à 11 ans. Sur la base des dernières données disponibles et après avoir auditionné les parties-prenantes, la HAS propose d’ouvrir la vaccination aux enfants de cette classe d’âge, sans obligation et sans que cela conditionne l’obtention d’un passe sanitaire, et en priorisant les enfants de moins de 12 ans scolarisés au collège. Elle indique que cette vaccination peut être réalisée dès la mise à disposition de la formulation pédiatrique du vaccin Comirnaty® de Pfizer.</t>
+  </si>
+  <si>
+    <t>17/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306504/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-comirnaty-chez-les-5-11-ans</t>
+  </si>
+  <si>
+    <t>p_3306504</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:J7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>31</v>
+      </c>
+      <c r="I4" t="s">
+        <v>27</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>37</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="D6" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E6" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="H6" t="s">
-        <v>38</v>
+        <v>44</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="H7" t="s">
-        <v>43</v>
+        <v>49</v>
+      </c>
+      <c r="I7" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>56</v>
+      </c>
+      <c r="H2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C4" t="s">
+        <v>65</v>
+      </c>
+      <c r="D4" t="s">
+        <v>66</v>
+      </c>
+      <c r="E4" t="s">
+        <v>67</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>68</v>
+      </c>
+      <c r="H4" t="s">
+        <v>69</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>73</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>74</v>
+      </c>
+      <c r="H2" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B3" t="s">
+        <v>76</v>
+      </c>
+      <c r="C3" t="s">
+        <v>77</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>79</v>
+      </c>
+      <c r="H3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>70</v>
+      </c>
+      <c r="B4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C4" t="s">
+        <v>82</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>83</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>84</v>
+      </c>
+      <c r="H4" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>70</v>
+      </c>
+      <c r="B5" t="s">
+        <v>86</v>
+      </c>
+      <c r="C5" t="s">
+        <v>87</v>
+      </c>
+      <c r="D5" t="s">
+        <v>88</v>
+      </c>
+      <c r="E5" t="s">
+        <v>89</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>90</v>
+      </c>
+      <c r="H5" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>70</v>
+      </c>
+      <c r="B6" t="s">
+        <v>92</v>
+      </c>
+      <c r="C6" t="s">
+        <v>93</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>94</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>95</v>
+      </c>
+      <c r="H6" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B7" t="s">
+        <v>97</v>
+      </c>
+      <c r="C7" t="s">
+        <v>98</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>99</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>100</v>
+      </c>
+      <c r="H7" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>102</v>
+      </c>
+      <c r="C8" t="s">
+        <v>103</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>104</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>105</v>
+      </c>
+      <c r="H8" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>107</v>
+      </c>
+      <c r="C9" t="s">
+        <v>108</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>109</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>110</v>
+      </c>
+      <c r="H9" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B10" t="s">
+        <v>112</v>
+      </c>
+      <c r="C10" t="s">
+        <v>113</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>114</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>115</v>
+      </c>
+      <c r="H10" t="s">
+        <v>116</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>117</v>
+      </c>
+      <c r="B2" t="s">
+        <v>118</v>
+      </c>
+      <c r="C2" t="s">
+        <v>119</v>
+      </c>
+      <c r="D2" t="s">
+        <v>120</v>
+      </c>
+      <c r="E2" t="s">
+        <v>121</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>122</v>
+      </c>
+      <c r="H2" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B3" t="s">
+        <v>124</v>
+      </c>
+      <c r="C3" t="s">
+        <v>125</v>
+      </c>
+      <c r="D3" t="s">
+        <v>126</v>
+      </c>
+      <c r="E3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>128</v>
+      </c>
+      <c r="H3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B4" t="s">
+        <v>130</v>
+      </c>
+      <c r="C4" t="s">
+        <v>131</v>
+      </c>
+      <c r="D4" t="s">
+        <v>132</v>
+      </c>
+      <c r="E4" t="s">
+        <v>133</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>134</v>
+      </c>
+      <c r="H4" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>117</v>
+      </c>
+      <c r="B5" t="s">
+        <v>136</v>
+      </c>
+      <c r="C5" t="s">
+        <v>137</v>
+      </c>
+      <c r="D5" t="s">
+        <v>138</v>
+      </c>
+      <c r="E5" t="s">
+        <v>139</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>140</v>
+      </c>
+      <c r="H5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>117</v>
+      </c>
+      <c r="B6" t="s">
+        <v>142</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>143</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>144</v>
+      </c>
+      <c r="H6" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>117</v>
+      </c>
+      <c r="B7" t="s">
+        <v>146</v>
+      </c>
+      <c r="C7" t="s">
+        <v>147</v>
+      </c>
+      <c r="D7" t="s">
+        <v>148</v>
+      </c>
+      <c r="E7" t="s">
+        <v>149</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>150</v>
+      </c>
+      <c r="H7" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>117</v>
+      </c>
+      <c r="B8" t="s">
+        <v>152</v>
+      </c>
+      <c r="C8" t="s">
+        <v>153</v>
+      </c>
+      <c r="D8" t="s">
+        <v>154</v>
+      </c>
+      <c r="E8" t="s">
+        <v>155</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>156</v>
+      </c>
+      <c r="H8" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>117</v>
+      </c>
+      <c r="B9" t="s">
+        <v>158</v>
+      </c>
+      <c r="C9" t="s">
+        <v>159</v>
+      </c>
+      <c r="D9" t="s">
+        <v>160</v>
+      </c>
+      <c r="E9" t="s">
+        <v>161</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>162</v>
+      </c>
+      <c r="H9" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>117</v>
+      </c>
+      <c r="B10" t="s">
+        <v>164</v>
+      </c>
+      <c r="C10" t="s">
+        <v>165</v>
+      </c>
+      <c r="D10" t="s">
+        <v>166</v>
+      </c>
+      <c r="E10" t="s">
+        <v>166</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>167</v>
+      </c>
+      <c r="H10" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>117</v>
+      </c>
+      <c r="B11" t="s">
+        <v>169</v>
+      </c>
+      <c r="C11" t="s">
+        <v>170</v>
+      </c>
+      <c r="D11" t="s">
+        <v>171</v>
+      </c>
+      <c r="E11" t="s">
+        <v>172</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>173</v>
+      </c>
+      <c r="H11" t="s">
+        <v>174</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>175</v>
+      </c>
+      <c r="B2" t="s">
+        <v>176</v>
+      </c>
+      <c r="C2" t="s">
+        <v>177</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>178</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>179</v>
+      </c>
+      <c r="H2" t="s">
+        <v>180</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>181</v>
+      </c>
+      <c r="B2" t="s">
+        <v>182</v>
+      </c>
+      <c r="C2" t="s">
+        <v>183</v>
+      </c>
+      <c r="D2" t="s">
+        <v>184</v>
+      </c>
+      <c r="E2" t="s">
+        <v>185</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>186</v>
+      </c>
+      <c r="H2" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B3" t="s">
+        <v>188</v>
+      </c>
+      <c r="C3" t="s">
+        <v>189</v>
+      </c>
+      <c r="D3" t="s">
+        <v>190</v>
+      </c>
+      <c r="E3" t="s">
+        <v>191</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>192</v>
+      </c>
+      <c r="H3" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>181</v>
+      </c>
+      <c r="B4" t="s">
+        <v>194</v>
+      </c>
+      <c r="C4" t="s">
+        <v>195</v>
+      </c>
+      <c r="D4" t="s">
+        <v>190</v>
+      </c>
+      <c r="E4" t="s">
+        <v>191</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>196</v>
+      </c>
+      <c r="H4" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>181</v>
+      </c>
+      <c r="B5" t="s">
+        <v>198</v>
+      </c>
+      <c r="C5" t="s">
+        <v>199</v>
+      </c>
+      <c r="D5" t="s">
+        <v>200</v>
+      </c>
+      <c r="E5" t="s">
+        <v>201</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>202</v>
+      </c>
+      <c r="H5" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>181</v>
+      </c>
+      <c r="B6" t="s">
+        <v>204</v>
+      </c>
+      <c r="C6" t="s">
+        <v>205</v>
+      </c>
+      <c r="D6" t="s">
+        <v>206</v>
+      </c>
+      <c r="E6" t="s">
+        <v>207</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>208</v>
+      </c>
+      <c r="H6" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>181</v>
+      </c>
+      <c r="B7" t="s">
+        <v>210</v>
+      </c>
+      <c r="C7" t="s">
+        <v>211</v>
+      </c>
+      <c r="D7" t="s">
+        <v>212</v>
+      </c>
+      <c r="E7" t="s">
+        <v>213</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>214</v>
+      </c>
+      <c r="H7" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>181</v>
+      </c>
+      <c r="B8" t="s">
+        <v>216</v>
+      </c>
+      <c r="C8" t="s">
+        <v>217</v>
+      </c>
+      <c r="D8" t="s">
+        <v>218</v>
+      </c>
+      <c r="E8" t="s">
+        <v>219</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>220</v>
+      </c>
+      <c r="H8" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>181</v>
+      </c>
+      <c r="B9" t="s">
+        <v>222</v>
+      </c>
+      <c r="C9" t="s">
+        <v>223</v>
+      </c>
+      <c r="D9" t="s">
+        <v>224</v>
+      </c>
+      <c r="E9" t="s">
+        <v>225</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>226</v>
+      </c>
+      <c r="H9" t="s">
+        <v>227</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>228</v>
+      </c>
+      <c r="B2" t="s">
+        <v>229</v>
+      </c>
+      <c r="C2" t="s">
+        <v>230</v>
+      </c>
+      <c r="D2" t="s">
+        <v>231</v>
+      </c>
+      <c r="E2" t="s">
+        <v>232</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>233</v>
+      </c>
+      <c r="H2" t="s">
+        <v>234</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>235</v>
+      </c>
+      <c r="B2" t="s">
+        <v>236</v>
+      </c>
+      <c r="C2" t="s">
+        <v>237</v>
+      </c>
+      <c r="D2" t="s">
+        <v>238</v>
+      </c>
+      <c r="E2" t="s">
+        <v>239</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>240</v>
+      </c>
+      <c r="H2" t="s">
+        <v>241</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>242</v>
+      </c>
+      <c r="B2" t="s">
+        <v>243</v>
+      </c>
+      <c r="C2" t="s">
+        <v>244</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>245</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>246</v>
+      </c>
+      <c r="H2" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>242</v>
+      </c>
+      <c r="B3" t="s">
+        <v>248</v>
+      </c>
+      <c r="C3" t="s">
+        <v>249</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>250</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>251</v>
+      </c>
+      <c r="H3" t="s">
+        <v>252</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>