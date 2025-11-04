--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -9,199 +9,721 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="86">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Rétinopathie du prématuré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des prématurés nécessitant un traitement pour une ROP. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493096/fr/prise-en-charge-de-la-retinopathie-du-premature</t>
+  </si>
+  <si>
+    <t>p_3493096</t>
+  </si>
+  <si>
+    <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
+  </si>
+  <si>
+    <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
+  </si>
+  <si>
+    <t>09/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2019 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968915/fr/antibiotherapie-des-infections-a-enterobacteries-et-a-pseudomonas-aeruginosa-chez-l-adulte-place-des-carbapenemes-et-de-leurs-alternatives</t>
+  </si>
+  <si>
+    <t>c_2968915</t>
+  </si>
+  <si>
+    <t>Prise en charge médicale et chirurgicale de la diverticulite colique</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’améliorer la qualité de la prise en charge des patients présentant une diverticulite colique. Il s’agit d’une actualisation des précédentes recommandations de 2006.</t>
+  </si>
+  <si>
+    <t>22/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2017 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806798/fr/prise-en-charge-medicale-et-chirurgicale-de-la-diverticulite-colique</t>
+  </si>
+  <si>
+    <t>c_2806798</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
+  </si>
+  <si>
+    <t>c_272226</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer la capacité des biopsies ciblées à détecter un cancer de la prostate (cliniquement significatif et non cliniquement significatif) chez les patients avec une suspicion de cancer de la prostate établie sur la base d'un toucher rectal anormal et/ou des valeurs du marqueur sérique PSA anormales ou avec des facteurs de risques familiaux ou liés à l'origine ethnique (africaine en particulier) chez : i) les patients candidats à une première série de biopsies ou ii) à des biopsies répétées (en cas de suspicion persistante de cancer de la prostate après une première série de biopsies négatives)</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2023 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483677/fr/biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3483677</t>
+  </si>
+  <si>
+    <t>Quelle place pour l’agomélatine (Valdoxan®) dans le traitement de la dépression ?</t>
+  </si>
+  <si>
+    <t>Valdoxan® (agomélatine) est un antidépresseur appar tenant à une nouvelle classe pharmacologique : il est à la fois agoniste des récepteurs de la mélatonine et antagoniste des récepteurs 5HT2C de la sérotonine. Valdoxan® est indiqué dans le traitement des épisodes dépressifs majeurs (c’est-à-dire caractérisés) chez l’adulte. Comme tout antidépresseur, si la dépression est d’intensité légère, il n’est à utiliser qu’en deuxième intention, après échec d’une psychothérapie.</t>
+  </si>
+  <si>
+    <t>05/03/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2013 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1439921/fr/quelle-place-pour-l-agomelatine-valdoxan-dans-le-traitement-de-la-depression</t>
+  </si>
+  <si>
+    <t>r_1439921</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D9" t="s">
+        <v>51</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>53</v>
+      </c>
+      <c r="H9" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>59</v>
+      </c>
+      <c r="H10" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>15</v>
+      </c>
+      <c r="B11" t="s">
+        <v>61</v>
+      </c>
+      <c r="C11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>65</v>
+      </c>
+      <c r="H11" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>69</v>
+      </c>
+      <c r="E12" t="s">
+        <v>70</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>71</v>
+      </c>
+      <c r="H12" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D13" t="s">
+        <v>76</v>
+      </c>
+      <c r="E13" t="s">
+        <v>77</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>78</v>
+      </c>
+      <c r="H13" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>73</v>
+      </c>
+      <c r="B14" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" t="s">
+        <v>81</v>
+      </c>
+      <c r="D14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E14" t="s">
+        <v>83</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>84</v>
+      </c>
+      <c r="H14" t="s">
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>