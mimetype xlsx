--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -35,63 +35,63 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...2 lines deleted...]
-    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>27/05/2009 12:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>