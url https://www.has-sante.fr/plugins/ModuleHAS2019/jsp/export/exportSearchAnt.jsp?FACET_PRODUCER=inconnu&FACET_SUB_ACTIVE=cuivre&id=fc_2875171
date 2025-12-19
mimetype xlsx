--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -9,119 +9,134 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="159">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>23/01/2025 00:00:00</t>
   </si>
   <si>
     <t>29/01/2025 08:45:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
   </si>
   <si>
     <t>p_3586490</t>
   </si>
   <si>
     <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>14/11/2024 00:00:00</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
   </si>
   <si>
     <t>p_3562508</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/11/2024 15:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
   </si>
   <si>
     <t>p_3557813</t>
   </si>
   <si>
     <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
@@ -521,803 +536,829 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H29"/>
+  <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>30</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>31</v>
       </c>
       <c r="H5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
       <c r="C6" t="s">
         <v>34</v>
       </c>
       <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>35</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>36</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
         <v>39</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>41</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>42</v>
       </c>
       <c r="H7" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>44</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
         <v>46</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
         <v>47</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="B9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" t="s">
         <v>50</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>52</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>53</v>
       </c>
       <c r="H9" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>55</v>
       </c>
       <c r="C10" t="s">
         <v>56</v>
       </c>
       <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
         <v>57</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
         <v>58</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
         <v>61</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>62</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>63</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>64</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B12" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" t="s">
         <v>67</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>68</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D13" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="E13" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
         <v>74</v>
       </c>
       <c r="H13" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B14" t="s">
         <v>76</v>
       </c>
       <c r="C14" t="s">
         <v>77</v>
       </c>
       <c r="D14" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="E14" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C15" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D15" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="E15" t="s">
-        <v>64</v>
+        <v>78</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="H15" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C16" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D16" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="E16" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H16" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B17" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D17" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="E17" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H17" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B18" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C18" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D18" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="E18" t="s">
-        <v>64</v>
+        <v>78</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H18" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B19" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C19" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="D19" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="E19" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="H19" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B20" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C20" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="D20" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="E20" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="H20" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B21" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C21" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="D21" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="E21" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="H21" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>104</v>
+        <v>15</v>
       </c>
       <c r="B22" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C22" t="s">
-        <v>106</v>
+        <v>77</v>
       </c>
       <c r="D22" t="s">
+        <v>68</v>
+      </c>
+      <c r="E22" t="s">
+        <v>78</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
         <v>107</v>
       </c>
-      <c r="E22" t="s">
+      <c r="H22" t="s">
         <v>108</v>
-      </c>
-[...7 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>8</v>
+        <v>109</v>
       </c>
       <c r="B23" t="s">
+        <v>110</v>
+      </c>
+      <c r="C23" t="s">
         <v>111</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>112</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>113</v>
       </c>
-      <c r="E23" t="s">
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
         <v>114</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B24" t="s">
+        <v>116</v>
+      </c>
+      <c r="C24" t="s">
         <v>117</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>118</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>119</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
         <v>120</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B25" t="s">
+        <v>122</v>
+      </c>
+      <c r="C25" t="s">
         <v>123</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>124</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>125</v>
       </c>
-      <c r="E25" t="s">
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
         <v>126</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
+        <v>15</v>
+      </c>
+      <c r="B26" t="s">
+        <v>128</v>
+      </c>
+      <c r="C26" t="s">
         <v>129</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
         <v>130</v>
       </c>
-      <c r="C26" t="s">
+      <c r="E26" t="s">
         <v>131</v>
       </c>
-      <c r="D26" t="s">
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
         <v>132</v>
       </c>
-      <c r="E26" t="s">
+      <c r="H26" t="s">
         <v>133</v>
-      </c>
-[...7 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
+        <v>134</v>
+      </c>
+      <c r="B27" t="s">
+        <v>135</v>
+      </c>
+      <c r="C27" t="s">
         <v>136</v>
       </c>
-      <c r="B27" t="s">
+      <c r="D27" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E27" t="s">
         <v>138</v>
       </c>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G27" t="s">
         <v>139</v>
       </c>
       <c r="H27" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>141</v>
       </c>
       <c r="B28" t="s">
         <v>142</v>
       </c>
       <c r="C28" t="s">
+        <v>11</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
         <v>143</v>
       </c>
-      <c r="D28" t="s">
-[...2 lines deleted...]
-      <c r="E28" t="s">
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
         <v>144</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
+        <v>146</v>
+      </c>
+      <c r="B29" t="s">
         <v>147</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>148</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
         <v>149</v>
       </c>
-      <c r="D29" t="s">
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
         <v>150</v>
       </c>
-      <c r="E29" t="s">
+      <c r="H29" t="s">
         <v>151</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
         <v>152</v>
       </c>
-      <c r="H29" t="s">
+      <c r="B30" t="s">
         <v>153</v>
+      </c>
+      <c r="C30" t="s">
+        <v>154</v>
+      </c>
+      <c r="D30" t="s">
+        <v>155</v>
+      </c>
+      <c r="E30" t="s">
+        <v>156</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>157</v>
+      </c>
+      <c r="H30" t="s">
+        <v>158</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>