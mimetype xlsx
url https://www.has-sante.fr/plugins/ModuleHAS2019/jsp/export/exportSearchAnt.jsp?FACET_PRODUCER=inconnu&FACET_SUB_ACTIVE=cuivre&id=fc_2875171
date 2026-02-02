--- v1 (2025-12-19)
+++ v2 (2026-02-02)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="164">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>23/01/2025 00:00:00</t>
   </si>
   <si>
     <t>29/01/2025 08:45:00</t>
   </si>
@@ -536,51 +551,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H30"/>
+  <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -596,769 +611,795 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>30</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>31</v>
       </c>
       <c r="H5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
       <c r="C6" t="s">
         <v>34</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>35</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>36</v>
       </c>
       <c r="H6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
       <c r="C7" t="s">
         <v>39</v>
       </c>
       <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
         <v>40</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>41</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
         <v>44</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>46</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>47</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>49</v>
       </c>
       <c r="C9" t="s">
         <v>50</v>
       </c>
       <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
         <v>51</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>52</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
         <v>55</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>57</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>58</v>
       </c>
       <c r="H10" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>60</v>
       </c>
       <c r="C11" t="s">
         <v>61</v>
       </c>
       <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
         <v>62</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>63</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
         <v>66</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>67</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>68</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
         <v>69</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B13" t="s">
+        <v>71</v>
+      </c>
+      <c r="C13" t="s">
         <v>72</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>73</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D14" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E14" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
         <v>79</v>
       </c>
       <c r="H14" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B15" t="s">
         <v>81</v>
       </c>
       <c r="C15" t="s">
         <v>82</v>
       </c>
       <c r="D15" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E15" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B16" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C16" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="D16" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E16" t="s">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="H16" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B17" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C17" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D17" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E17" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="H17" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B18" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C18" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D18" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E18" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H18" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B19" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C19" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D19" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E19" t="s">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H19" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B20" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C20" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="D20" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E20" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="H20" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C21" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="D21" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E21" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="H21" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B22" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C22" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D22" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E22" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="H22" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>109</v>
+        <v>20</v>
       </c>
       <c r="B23" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C23" t="s">
-        <v>111</v>
+        <v>82</v>
       </c>
       <c r="D23" t="s">
+        <v>73</v>
+      </c>
+      <c r="E23" t="s">
+        <v>83</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
         <v>112</v>
       </c>
-      <c r="E23" t="s">
+      <c r="H23" t="s">
         <v>113</v>
-      </c>
-[...7 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>15</v>
+        <v>114</v>
       </c>
       <c r="B24" t="s">
+        <v>115</v>
+      </c>
+      <c r="C24" t="s">
         <v>116</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>117</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>118</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
         <v>119</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B25" t="s">
+        <v>121</v>
+      </c>
+      <c r="C25" t="s">
         <v>122</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>123</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>124</v>
       </c>
-      <c r="E25" t="s">
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
         <v>125</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B26" t="s">
+        <v>127</v>
+      </c>
+      <c r="C26" t="s">
         <v>128</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>129</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26" t="s">
         <v>130</v>
       </c>
-      <c r="E26" t="s">
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
         <v>131</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
+        <v>20</v>
+      </c>
+      <c r="B27" t="s">
+        <v>133</v>
+      </c>
+      <c r="C27" t="s">
         <v>134</v>
       </c>
-      <c r="B27" t="s">
+      <c r="D27" t="s">
         <v>135</v>
       </c>
-      <c r="C27" t="s">
+      <c r="E27" t="s">
         <v>136</v>
       </c>
-      <c r="D27" t="s">
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
         <v>137</v>
       </c>
-      <c r="E27" t="s">
+      <c r="H27" t="s">
         <v>138</v>
-      </c>
-[...7 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
+        <v>139</v>
+      </c>
+      <c r="B28" t="s">
+        <v>140</v>
+      </c>
+      <c r="C28" t="s">
         <v>141</v>
       </c>
-      <c r="B28" t="s">
+      <c r="D28" t="s">
         <v>142</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>143</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
         <v>144</v>
       </c>
       <c r="H28" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>146</v>
       </c>
       <c r="B29" t="s">
         <v>147</v>
       </c>
       <c r="C29" t="s">
+        <v>11</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
         <v>148</v>
       </c>
-      <c r="D29" t="s">
-[...2 lines deleted...]
-      <c r="E29" t="s">
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
         <v>149</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
+        <v>151</v>
+      </c>
+      <c r="B30" t="s">
         <v>152</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>153</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
         <v>154</v>
       </c>
-      <c r="D30" t="s">
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
         <v>155</v>
       </c>
-      <c r="E30" t="s">
+      <c r="H30" t="s">
         <v>156</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
         <v>157</v>
       </c>
-      <c r="H30" t="s">
+      <c r="B31" t="s">
         <v>158</v>
+      </c>
+      <c r="C31" t="s">
+        <v>159</v>
+      </c>
+      <c r="D31" t="s">
+        <v>160</v>
+      </c>
+      <c r="E31" t="s">
+        <v>161</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>162</v>
+      </c>
+      <c r="H31" t="s">
+        <v>163</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>