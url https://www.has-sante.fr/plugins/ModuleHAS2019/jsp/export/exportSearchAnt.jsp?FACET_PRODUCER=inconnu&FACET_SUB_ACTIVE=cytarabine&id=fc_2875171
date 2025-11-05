--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -9,128 +9,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>17/07/2025 17:21:00</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -140,153 +107,101 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...42 lines deleted...]
-        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>