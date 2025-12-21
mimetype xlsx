--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -9,131 +9,113 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>02/12/2021 09:46:00</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Diagnostic biologique de la toxoplasmose chez les patients immunodéprimés - Patients infectés par le VIH, greffés de cellules souches hématopoïétiques et transplantés d’organe</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2770361/fr/diagnostic-biologique-de-la-toxoplasmose-chez-les-patients-immunodeprimes-patients-infectes-par-le-vih-greffes-de-cellules-souches-hematopoietiques-et-transplantes-d-organe</t>
+    <t>Laboratory diagnosis of toxoplasmosis in immunocompromised patients HIV-infected patients, haematopoietic stem cell transplant recipients and solid organ transplant recipients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment corresponds to the second part of a response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS - National Health Insurance fund for salaried workers), which wishes to update the Nomenclature des actes de biologie médicale (NABM - Nomenclature of Procedures in Laboratory Medicine) in relation to procedures for the laboratory diagnosis of toxoplasmosis. This parasitic disease, caused by the protozoan Toxoplasma gondii, groups together some very distinct clinical and biological contexts. A first part of the assessment, validated in February 2017, concerned the laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant women), congenital toxoplasmosis and ocular toxoplasmosis. This second part focuses on diagnostic tests for toxoplasmosis in immunocompromised patients, in particular patients infected with human immunodeficiency virus (HIV), and haematopoietic stem cell transplant (HSCT) or solid organ transplant recipients</t>
+  </si>
+  <si>
+    <t>05/24/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
   </si>
   <si>
     <t>c_2770361</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -143,153 +125,127 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...24 lines deleted...]
-        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>