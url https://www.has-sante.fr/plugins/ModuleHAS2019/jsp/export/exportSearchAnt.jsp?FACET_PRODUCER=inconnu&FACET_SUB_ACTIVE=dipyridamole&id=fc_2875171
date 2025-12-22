--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,254 +1,801 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="69">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/03/2004 17:14:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>AMPLATZER AMULET LEFT ATRIAL APPENDAGE OCCLUDER</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
+    <t>27/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>27/02/2015 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011106/fr/amplatzer-amulet-left-atrial-appendage-occluder</t>
+  </si>
+  <si>
+    <t>c_2011106</t>
+  </si>
+  <si>
+    <t>ST JUDE MEDICAL FRANCE SAS</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et traitement immédiat de l’accident ischémique transitoire de l’adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à : 1. Fournir une définition de l'accident ischémique transitoire (AIT) tenant compte des données actuelles de la neuro-imagerie et de la prise en charge des urgences neuro-vasculaires. 2. Préciser la valeur diagnostique des signes cliniques compatibles avec un AIT et indiquer les diagnostics différentiels à évoquer. 3. Évaluer le pronostic de l'AIT afin de préciser le délai de prise en charge diagnostique et thérapeutique. 4. Indiquer les examens complémentaires à visée diagnostique et étiologique à réaliser. 5. Indiquer le traitement immédiat à entreprendre dans l'attente du bilan étiologique. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>01/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/fr/prise-en-charge-diagnostique-et-traitement-immediat-de-l-accident-ischemique-transitoire-de-l-adulte</t>
   </si>
   <si>
     <t>c_272368</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Éléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>Eléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire. Evaluation de chaque patient au cas par cas, basée sur le triptyque patient-acte-structure.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
   </si>
   <si>
     <t>c_1346147</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H2" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D2" t="s">
+        <v>52</v>
+      </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C3" t="s">
+        <v>57</v>
+      </c>
+      <c r="D3" t="s">
+        <v>58</v>
+      </c>
+      <c r="E3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>60</v>
+      </c>
+      <c r="H3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D2" t="s">
+        <v>65</v>
+      </c>
+      <c r="E2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>67</v>
+      </c>
+      <c r="H2" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>