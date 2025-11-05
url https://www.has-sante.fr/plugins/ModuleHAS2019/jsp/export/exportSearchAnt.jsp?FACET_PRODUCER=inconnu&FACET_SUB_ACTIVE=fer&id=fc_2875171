--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -1,2334 +1,512 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="412" uniqueCount="251">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="57">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>ZENITH ALPHA &amp; ZENITH ALPHA SPIRAL-Z</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Normal childbirth: support of physiology and medical interventions</t>
+  </si>
+  <si>
+    <t>Define for women at low obstetric risk how to take care of the pace and spontaneous development of birth and women's preferences. Improve and guarantee the quality and safety of maternal and newborn care.</t>
+  </si>
+  <si>
+    <t>11/23/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/25/2018 14:18:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>15/12/2020 00:00:00</t>
-[...281 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
+    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1760393/fr/maltraitance-chez-l-enfant-reperage-et-conduite-a-tenir</t>
+    <t>Child abuse: identification and action to be taken</t>
+  </si>
+  <si>
+    <t>This guidance leaflet “Child abuse: identification and action to be taken” is concerned with children who are abused as well as those at risk of being abused. This guidance leaflet follows on from work already undertaken by HAS on interpersonal violence and its impact on health. It addresses all healthcare professionals who perform clinical observations of children, with a special emphasis on the place of doctors given their decision-making role. It thus concerns: general practitioners, paediatricians, psychiatrists; doctors and nursery nurses in maternal and child protection centres (PMI); school doctors and nurses; hospital doctors and paramedical staff (especially those working in the emergency, paediatric and radiological departments); midwives; doctors and paramedical staff in services for young children, and the medico-social services.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/en/child-abuse-identification-and-action-to-be-taken</t>
   </si>
   <si>
     <t>c_1760393</t>
   </si>
   <si>
-    <t>Syndrome du bébé secoué ou traumatisme crânien non accidentel par secouement</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
+    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
-    <t>Définition des critères de réalisation des interventions de chirurgie bariatrique chez les moins de 18 ans</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
+    <t>Primary postpartum haemorrhage</t>
+  </si>
+  <si>
+    <t>To issue guidelines that will help reduce maternal deaths in France. Primary postpartum haemorrhage was the leading cause of death between 1990 and 2000 in France.</t>
+  </si>
+  <si>
+    <t>11/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...68 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Radiothérapie en conditions stéréotaxiques des tumeurs hépatiques - Rapport d'évaluation technologique</t>
+    <t>Stereotactic Radiation Therapy for Liver Tumours - INAHTA Brief</t>
   </si>
   <si>
     <t>The purpose of this report was to analyse the efficacy and safety data of Stereotactic Body Radiation Therapy (SBRT) in patients with inoperable primary (hepatocellular carcinoma (HCC) and metastatic liver tumours (LM), to define the indications and the place of SBRT in the therapeutic strategy with the aim of its inclusion in the CCAM (French National list of reimbursement)</t>
   </si>
   <si>
-    <t>28/09/2016 00:00:00</t>
+    <t>09/28/2016 00:00:00</t>
   </si>
   <si>
     <t>10/10/2016 11:26:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2565031/fr/radiotherapie-en-conditions-stereotaxiques-des-tumeurs-hepatiques-rapport-d-evaluation-technologique</t>
+    <t>https://www.has-sante.fr/jcms/c_2565031/en/stereotactic-radiation-therapy-for-liver-tumours-inahta-brief</t>
   </si>
   <si>
     <t>c_2565031</t>
-  </si>
-[...139 lines deleted...]
-    <t>c_915259</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...139 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="B4" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H4" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E5" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="H5" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="C6" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="E6" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="H6" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="C7" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="E7" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="H7" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C8" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="E8" t="s">
-        <v>59</v>
+        <v>48</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="H8" t="s">
-        <v>61</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="B9" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="C9" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="E9" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="H9" t="s">
-        <v>66</v>
-[...1071 lines deleted...]
-        <v>250</v>
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>