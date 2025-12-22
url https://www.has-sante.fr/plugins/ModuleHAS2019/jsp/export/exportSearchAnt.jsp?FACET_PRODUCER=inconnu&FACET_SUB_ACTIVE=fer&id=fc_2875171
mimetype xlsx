--- v1 (2025-11-05)
+++ v2 (2025-12-22)
@@ -1,512 +1,2375 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="420" uniqueCount="256">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>01/25/2018 14:18:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ZENITH ALPHA &amp; ZENITH ALPHA SPIRAL-Z</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+    <t>15/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2023 09:18:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410985/fr/zenith-alpha-zenith-alpha-spiral-z</t>
+  </si>
+  <si>
+    <t>p_3410985</t>
+  </si>
+  <si>
+    <t>endoprothèse aortique abdominale &amp; jambage iliaque (endoprothèse aortique abdominale)</t>
+  </si>
+  <si>
+    <t>COOK FRANCE</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage et prévention du cancer colorectal</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer colorectal à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2013 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623732/fr/depistage-et-prevention-du-cancer-colorectal</t>
+  </si>
+  <si>
+    <t>c_1623732</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Maladie de Shwachman Diamond</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2023 08:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
+  </si>
+  <si>
+    <t>p_3425536</t>
+  </si>
+  <si>
+    <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
+  </si>
+  <si>
+    <t>p_3390524</t>
+  </si>
+  <si>
+    <t>Aplasies Utero-Vaginales - Syndrome de Mayer-Rokitansky-Kuster-Hauser</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte du syndrome de Mayer-Rokitanski-Kuster-Hauser (MRKH). Il a été élaboré par le Centre de Référence des Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300390/fr/aplasies-utero-vaginales-syndrome-de-mayer-rokitansky-kuster-hauser</t>
+  </si>
+  <si>
+    <t>p_3300390</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Syndrome de Turner</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de syndrome de Turner (ST), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de Référence des maladies endocriniennes rares de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632797/fr/syndrome-de-turner</t>
+  </si>
+  <si>
+    <t>c_632797</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Syndrome de Phelan-McDermid</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint du Syndrome de Phelan-McDermid sur l’ensemble du territoire. Il a été élaboré par le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294989/fr/syndrome-de-phelan-mcdermid</t>
+  </si>
+  <si>
+    <t>p_3294989</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Hyperinsulinisme congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Hyperinsulinisme congénital. Il a été élaboré par les Filières de Santé Maladies Rares G2M et Firendo à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/10/2020 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198985/fr/hyperinsulinisme-congenital</t>
+  </si>
+  <si>
+    <t>p_3198985</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Foot problems in the elderly: podiatric assessment and management</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Child abuse: identification and action to be taken</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1760393/en/child-abuse-identification-and-action-to-be-taken</t>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Accompagner la fin de vie des personnes âgées à domicile</t>
+  </si>
+  <si>
+    <t>Ces recommandations s’adressent aux professionnels d’aide et de soins intervenant à domicile. Elles ont pour objectif de les guider afin « d’accompagner la mort dans le grand âge de la façon la plus digne possible ». reposent sur les principes fondamentaux d’une démarche concourant à la bientraitance.</t>
+  </si>
+  <si>
+    <t>31/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/12/2017 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833702/fr/accompagner-la-fin-de-vie-des-personnes-agees-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2833702</t>
+  </si>
+  <si>
+    <t>Maltraitance chez l’enfant : repérage et conduite à tenir</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo a été modifiée suite à l’actualisation de la recommandation de bonne pratique sur le syndrome du bébé secoué en juillet 2017.</t>
+  </si>
+  <si>
+    <t>12/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/fr/maltraitance-chez-l-enfant-reperage-et-conduite-a-tenir</t>
   </si>
   <si>
     <t>c_1760393</t>
   </si>
   <si>
-    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+    <t>Syndrome du bébé secoué ou traumatisme crânien non accidentel par secouement</t>
+  </si>
+  <si>
+    <t>La HAS et la SOFMER ont élaboré conjointement l’actualisation des recommandations de la commission d’audition de 2011 sur le thème du syndrome du bébé secoué. Cette recommandation de bonne pratique précise la démarche diagnostique (repérage, conduites à tenir, lésions observées, bilan clinique et para-clinique, diagnostics différentiels, critères diagnostiques), le mécanisme causal et la datation des lésions, ainsi que les aspects juridiques lorsque le diagnostic est évoqué ou posé.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
-    <t>Obesity surgery in adults</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>Définition des critères de réalisation des interventions de chirurgie bariatrique chez les moins de 18 ans</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo précise les critères d’éligibilité pour une chirurgie bariatrique chez les moins de 18 ans, l’information du patient, les modalités de prise en charge, incluant 2 réunions de concertation pluriprofessionnel, les techniques chirurgicales et le suivi.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>30/03/2016 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010309/fr/definition-des-criteres-de-realisation-des-interventions-de-chirurgie-bariatrique-chez-les-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>c_2010309</t>
+  </si>
+  <si>
+    <t>Transfusions de globules rouges homologues : produits, indications, alternatives</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation de bonne pratique est d’améliorer la qualité de la prise en charge des patients en aidant les professionnels, dans le cadre de leur prescription transfusion de globules rouges et dans le suivi des malades transfusés, et en harmonisant les pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>26/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/02/2015 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1349939/fr/transfusions-de-globules-rouges-homologues-produits-indications-alternatives</t>
+  </si>
+  <si>
+    <t>c_1349939</t>
+  </si>
+  <si>
+    <t>Conduite à tenir en médecine de premier recours devant un enfant ou un adolescent susceptible d’avoir un trouble déficit de l’attention avec ou sans hyperactivité</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’aider les médecins assurant les soins de premier recours et face à un enfant ou un adolescent présentant des signes évocateurs d’un TDAH : • à mener leur mission de repérage du trouble ; • à conduire une démarche diagnostique initiale et d’orientation dans le système de soins ; • à participer au suivi en collaboration avec un médecin spécialiste du trouble, ayant acquis une compétence dans le diagnostic et la prise en charge du TDAH.</t>
+  </si>
+  <si>
+    <t>10/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362146/fr/conduite-a-tenir-en-medecine-de-premier-recours-devant-un-enfant-ou-un-adolescent-susceptible-d-avoir-un-trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite</t>
+  </si>
+  <si>
+    <t>c_1362146</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Primary postpartum haemorrhage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Hémorragies du post-partum immédiat</t>
+  </si>
+  <si>
+    <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
+  </si>
+  <si>
+    <t>01/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic étiologique de troubles digestifs chroniques survenant chez des sujets de moins de 50 ans sans signe d’alarme ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer les démarches de diagnostic étiologique qui sont actuellement menées auprès de sujets de moins de 50 ans consultant pour des manifestations digestives chroniques dominées par une douleur abdominale et par des troubles du transit.</t>
+  </si>
+  <si>
+    <t>28/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2020 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189133/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-etiologique-de-troubles-digestifs-chroniques-survenant-chez-des-sujets-de-moins-de-50-ans-sans-signe-d-alarme-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>p_3189133</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Actes évalués : le test respiratoire à l’urée marquée au 13C, la recherche d’antigène fécal et les techniques d’amplification génique pour détecter H. pylori puis les mutations de résistance à la clarithromycine.</t>
+  </si>
+  <si>
+    <t>24/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2019 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863243/fr/evaluation-des-actes-de-biologie-medicale-relatifs-a-la-prise-en-charge-de-l-infection-a-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2863243</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Stereotactic Radiation Therapy for Liver Tumours - INAHTA Brief</t>
+    <t>Radiothérapie en conditions stéréotaxiques des tumeurs hépatiques - Rapport d'évaluation technologique</t>
   </si>
   <si>
     <t>The purpose of this report was to analyse the efficacy and safety data of Stereotactic Body Radiation Therapy (SBRT) in patients with inoperable primary (hepatocellular carcinoma (HCC) and metastatic liver tumours (LM), to define the indications and the place of SBRT in the therapeutic strategy with the aim of its inclusion in the CCAM (French National list of reimbursement)</t>
   </si>
   <si>
-    <t>09/28/2016 00:00:00</t>
+    <t>28/09/2016 00:00:00</t>
   </si>
   <si>
     <t>10/10/2016 11:26:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2565031/en/stereotactic-radiation-therapy-for-liver-tumours-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2565031/fr/radiotherapie-en-conditions-stereotaxiques-des-tumeurs-hepatiques-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2565031</t>
+  </si>
+  <si>
+    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
+  </si>
+  <si>
+    <t>Capsule colique, cancer colorectal, polype colorectal, symptôme colique, diagnostic, dépistage, coloscopie optique, coloscopie virtuelle</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752851/fr/exploration-par-capsule-colique-utilite-clinique-meta-analyse-des-performances-diagnostiques-securite</t>
+  </si>
+  <si>
+    <t>c_1752851</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>La maltraitance « ordinaire » dans les établissements de santé</t>
+  </si>
+  <si>
+    <t>Pour cerner le phénomène de maltraitance ordinaire et renforcer la réflexion sur les moyens de le prévenir, la HAS a souhaité que le cabinet C.Compagnon.Conseil se mette à l’écoute des patients, de leurs proches mais aussi des professionnels et restitue ce qu’ils disent de l’univers hospitalier au quotidien. Cette étude est fondée sur des témoignages de malades, de proches et de professionnels, pris tels quels, dans toute leur subjectivité. Elle ne vise donc pas à mesurer l’ampleur de ce phénomène en termes quantitatif ni à porter sur lui un jugement global. L’originalité – et les limites - de ce travail est de partir du point de vue de personnes hospitalisées, de leurs proches et de professionnels en s’appuyant sur leur libre expression : témoignages écrits, entretiens...</t>
+  </si>
+  <si>
+    <t>15/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2012 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1258960/fr/la-maltraitance-ordinaire-dans-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_1258960</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>La HAS évalue le potentiel de l’IA pour assister le processus de revue de littérature</t>
+  </si>
+  <si>
+    <t>La revue de littérature occupe une place particulièrement importante au sein de la HAS. Les outils d’intelligence artificielle (IA), et en particulier l’IA générative, semblent prometteurs pour assister certaines étapes de ce processus chronophage. C’est pourquoi la HAS a lancé en 2024 une démarche d’expérimentation des outils d’IA pour la revue de littérature. L’objectif est de tester ces outils en évolution rapide, en évaluant leurs potentialités, leurs limites et les risques associés.</t>
+  </si>
+  <si>
+    <t>08/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599818/fr/la-has-evalue-le-potentiel-de-l-ia-pour-assister-le-processus-de-revue-de-litterature</t>
+  </si>
+  <si>
+    <t>p_3599818</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
+  </si>
+  <si>
+    <t>Un état des lieux fondé sur des témoignages d'usagers et de professionnels : la maltraitance « ordinaire » dans les établissements de santé</t>
+  </si>
+  <si>
+    <t>Écouter l'expérience et le ressenti des usagers des établissements de santé. Lieux d’excellence dans la prise en charge des patients, les établissements de santé sont aussi des lieux de vie pour les patients comme pour les professionnels qui y travaillent ; les logiques humaines, professionnelles ou d’organisation doivent se concilier, exercice délicat au quotidien. Les patients hospitalisés et leurs proches témoignent bien souvent et en même temps de l’humanité des professionnels de santé et des difficultés qu’ils ont rencontrées au sein de l’institution hospitalière.</t>
+  </si>
+  <si>
+    <t>27/01/2010 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_915259/fr/un-etat-des-lieux-fonde-sur-des-temoignages-d-usagers-et-de-professionnels-la-maltraitance-ordinaire-dans-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_915259</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E2" t="s">
+        <v>23</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="D5" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="C6" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="D6" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="D7" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="H7" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="C8" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="D8" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="H8" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="C9" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="D9" t="s">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="H9" t="s">
-        <v>56</v>
+        <v>66</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>69</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H10" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>73</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>74</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>75</v>
+      </c>
+      <c r="H11" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
+        <v>77</v>
+      </c>
+      <c r="C12" t="s">
+        <v>78</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>79</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>80</v>
+      </c>
+      <c r="H12" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>26</v>
+      </c>
+      <c r="B13" t="s">
+        <v>82</v>
+      </c>
+      <c r="C13" t="s">
+        <v>83</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>84</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>85</v>
+      </c>
+      <c r="H13" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>26</v>
+      </c>
+      <c r="B14" t="s">
+        <v>87</v>
+      </c>
+      <c r="C14" t="s">
+        <v>88</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>90</v>
+      </c>
+      <c r="H14" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B15" t="s">
+        <v>92</v>
+      </c>
+      <c r="C15" t="s">
+        <v>93</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>94</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>95</v>
+      </c>
+      <c r="H15" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>26</v>
+      </c>
+      <c r="B16" t="s">
+        <v>97</v>
+      </c>
+      <c r="C16" t="s">
+        <v>98</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>99</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>100</v>
+      </c>
+      <c r="H16" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>26</v>
+      </c>
+      <c r="B17" t="s">
+        <v>102</v>
+      </c>
+      <c r="C17" t="s">
+        <v>103</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>104</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>105</v>
+      </c>
+      <c r="H17" t="s">
+        <v>106</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>107</v>
+      </c>
+      <c r="B2" t="s">
+        <v>108</v>
+      </c>
+      <c r="C2" t="s">
+        <v>109</v>
+      </c>
+      <c r="D2" t="s">
+        <v>110</v>
+      </c>
+      <c r="E2" t="s">
+        <v>111</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>112</v>
+      </c>
+      <c r="H2" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B3" t="s">
+        <v>114</v>
+      </c>
+      <c r="C3" t="s">
+        <v>115</v>
+      </c>
+      <c r="D3" t="s">
+        <v>116</v>
+      </c>
+      <c r="E3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>118</v>
+      </c>
+      <c r="H3" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>107</v>
+      </c>
+      <c r="B4" t="s">
+        <v>120</v>
+      </c>
+      <c r="C4" t="s">
+        <v>121</v>
+      </c>
+      <c r="D4" t="s">
+        <v>122</v>
+      </c>
+      <c r="E4" t="s">
+        <v>123</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>124</v>
+      </c>
+      <c r="H4" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>107</v>
+      </c>
+      <c r="B5" t="s">
+        <v>126</v>
+      </c>
+      <c r="C5" t="s">
+        <v>127</v>
+      </c>
+      <c r="D5" t="s">
+        <v>128</v>
+      </c>
+      <c r="E5" t="s">
+        <v>129</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>130</v>
+      </c>
+      <c r="H5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>107</v>
+      </c>
+      <c r="B6" t="s">
+        <v>132</v>
+      </c>
+      <c r="C6" t="s">
+        <v>133</v>
+      </c>
+      <c r="D6" t="s">
+        <v>134</v>
+      </c>
+      <c r="E6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>136</v>
+      </c>
+      <c r="H6" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>107</v>
+      </c>
+      <c r="B7" t="s">
+        <v>138</v>
+      </c>
+      <c r="C7" t="s">
+        <v>139</v>
+      </c>
+      <c r="D7" t="s">
+        <v>134</v>
+      </c>
+      <c r="E7" t="s">
+        <v>135</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>140</v>
+      </c>
+      <c r="H7" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>107</v>
+      </c>
+      <c r="B8" t="s">
+        <v>142</v>
+      </c>
+      <c r="C8" t="s">
+        <v>143</v>
+      </c>
+      <c r="D8" t="s">
+        <v>144</v>
+      </c>
+      <c r="E8" t="s">
+        <v>145</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>146</v>
+      </c>
+      <c r="H8" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>107</v>
+      </c>
+      <c r="B9" t="s">
+        <v>148</v>
+      </c>
+      <c r="C9" t="s">
+        <v>149</v>
+      </c>
+      <c r="D9" t="s">
+        <v>150</v>
+      </c>
+      <c r="E9" t="s">
+        <v>151</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>152</v>
+      </c>
+      <c r="H9" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>107</v>
+      </c>
+      <c r="B10" t="s">
+        <v>154</v>
+      </c>
+      <c r="C10" t="s">
+        <v>155</v>
+      </c>
+      <c r="D10" t="s">
+        <v>156</v>
+      </c>
+      <c r="E10" t="s">
+        <v>157</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>158</v>
+      </c>
+      <c r="H10" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>107</v>
+      </c>
+      <c r="B11" t="s">
+        <v>160</v>
+      </c>
+      <c r="C11" t="s">
+        <v>161</v>
+      </c>
+      <c r="D11" t="s">
+        <v>162</v>
+      </c>
+      <c r="E11" t="s">
+        <v>163</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>164</v>
+      </c>
+      <c r="H11" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>107</v>
+      </c>
+      <c r="B12" t="s">
+        <v>166</v>
+      </c>
+      <c r="C12" t="s">
+        <v>167</v>
+      </c>
+      <c r="D12" t="s">
+        <v>168</v>
+      </c>
+      <c r="E12" t="s">
+        <v>169</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>170</v>
+      </c>
+      <c r="H12" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
+        <v>172</v>
+      </c>
+      <c r="C13" t="s">
+        <v>173</v>
+      </c>
+      <c r="D13" t="s">
+        <v>174</v>
+      </c>
+      <c r="E13" t="s">
+        <v>175</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>176</v>
+      </c>
+      <c r="H13" t="s">
+        <v>177</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B2" t="s">
+        <v>179</v>
+      </c>
+      <c r="C2" t="s">
+        <v>180</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>181</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>182</v>
+      </c>
+      <c r="H2" t="s">
+        <v>183</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B2" t="s">
+        <v>185</v>
+      </c>
+      <c r="C2" t="s">
+        <v>186</v>
+      </c>
+      <c r="D2" t="s">
+        <v>187</v>
+      </c>
+      <c r="E2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>189</v>
+      </c>
+      <c r="H2" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B3" t="s">
+        <v>191</v>
+      </c>
+      <c r="C3" t="s">
+        <v>192</v>
+      </c>
+      <c r="D3" t="s">
+        <v>193</v>
+      </c>
+      <c r="E3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H3" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>184</v>
+      </c>
+      <c r="B4" t="s">
+        <v>197</v>
+      </c>
+      <c r="C4" t="s">
+        <v>198</v>
+      </c>
+      <c r="D4" t="s">
+        <v>199</v>
+      </c>
+      <c r="E4" t="s">
+        <v>200</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>201</v>
+      </c>
+      <c r="H4" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>184</v>
+      </c>
+      <c r="B5" t="s">
+        <v>203</v>
+      </c>
+      <c r="C5" t="s">
+        <v>204</v>
+      </c>
+      <c r="D5" t="s">
+        <v>205</v>
+      </c>
+      <c r="E5" t="s">
+        <v>206</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>207</v>
+      </c>
+      <c r="H5" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B6" t="s">
+        <v>209</v>
+      </c>
+      <c r="C6" t="s">
+        <v>210</v>
+      </c>
+      <c r="D6" t="s">
+        <v>211</v>
+      </c>
+      <c r="E6" t="s">
+        <v>212</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>213</v>
+      </c>
+      <c r="H6" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>184</v>
+      </c>
+      <c r="B7" t="s">
+        <v>215</v>
+      </c>
+      <c r="C7" t="s">
+        <v>216</v>
+      </c>
+      <c r="D7" t="s">
+        <v>217</v>
+      </c>
+      <c r="E7" t="s">
+        <v>218</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>219</v>
+      </c>
+      <c r="H7" t="s">
+        <v>220</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>221</v>
+      </c>
+      <c r="B2" t="s">
+        <v>222</v>
+      </c>
+      <c r="C2" t="s">
+        <v>223</v>
+      </c>
+      <c r="D2" t="s">
+        <v>224</v>
+      </c>
+      <c r="E2" t="s">
+        <v>225</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>226</v>
+      </c>
+      <c r="H2" t="s">
+        <v>227</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>228</v>
+      </c>
+      <c r="B2" t="s">
+        <v>229</v>
+      </c>
+      <c r="C2" t="s">
+        <v>230</v>
+      </c>
+      <c r="D2" t="s">
+        <v>231</v>
+      </c>
+      <c r="E2" t="s">
+        <v>232</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>233</v>
+      </c>
+      <c r="H2" t="s">
+        <v>234</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>235</v>
+      </c>
+      <c r="B2" t="s">
+        <v>236</v>
+      </c>
+      <c r="C2" t="s">
+        <v>237</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>238</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>239</v>
+      </c>
+      <c r="H2" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>235</v>
+      </c>
+      <c r="B3" t="s">
+        <v>241</v>
+      </c>
+      <c r="C3" t="s">
+        <v>242</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>243</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>244</v>
+      </c>
+      <c r="H3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>235</v>
+      </c>
+      <c r="B4" t="s">
+        <v>246</v>
+      </c>
+      <c r="C4" t="s">
+        <v>247</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>248</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>249</v>
+      </c>
+      <c r="H4" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>235</v>
+      </c>
+      <c r="B5" t="s">
+        <v>251</v>
+      </c>
+      <c r="C5" t="s">
+        <v>252</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>253</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>254</v>
+      </c>
+      <c r="H5" t="s">
+        <v>255</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>