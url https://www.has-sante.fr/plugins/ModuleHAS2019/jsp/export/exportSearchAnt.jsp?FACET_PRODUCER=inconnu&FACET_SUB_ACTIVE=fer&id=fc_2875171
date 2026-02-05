--- v2 (2025-12-22)
+++ v3 (2026-02-05)
@@ -33,51 +33,51 @@
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="420" uniqueCount="256">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="428" uniqueCount="261">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -114,50 +114,65 @@
     <t>COOK FRANCE</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Dépistage et prévention du cancer colorectal</t>
   </si>
   <si>
     <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer colorectal à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
   </si>
   <si>
     <t>26/06/2013 00:00:00</t>
   </si>
   <si>
     <t>31/07/2013 16:54:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1623732/fr/depistage-et-prevention-du-cancer-colorectal</t>
   </si>
   <si>
     <t>c_1623732</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Neutropénies chroniques</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/08/2024 17:27:00</t>
   </si>
@@ -995,51 +1010,51 @@
       </c>
       <c r="D2" t="s">
         <v>22</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1441,935 +1456,961 @@
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>26</v>
       </c>
       <c r="B17" t="s">
         <v>102</v>
       </c>
       <c r="C17" t="s">
         <v>103</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
         <v>104</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
         <v>105</v>
       </c>
       <c r="H17" t="s">
         <v>106</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>26</v>
+      </c>
+      <c r="B18" t="s">
+        <v>107</v>
+      </c>
+      <c r="C18" t="s">
+        <v>108</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>110</v>
+      </c>
+      <c r="H18" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B2" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="C2" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="D2" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="E2" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="H2" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B3" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="C3" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="D3" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="E3" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="H3" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B4" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C4" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="D4" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="E4" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="H4" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B5" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="C5" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="D5" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E5" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="H5" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B6" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="C6" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="D6" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="E6" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="H6" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B7" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C7" t="s">
+        <v>144</v>
+      </c>
+      <c r="D7" t="s">
         <v>139</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="H7" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B8" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C8" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="D8" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="E8" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="H8" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B9" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="C9" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="D9" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="E9" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="H9" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B10" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="C10" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="D10" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="E10" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="H10" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B11" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="C11" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="D11" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="E11" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="H11" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B12" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="C12" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="D12" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="E12" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="H12" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B13" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="C13" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="D13" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="E13" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="H13" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="B2" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C2" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="H2" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B2" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="C2" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="D2" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="E2" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="H2" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B3" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C3" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="D3" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="E3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="H3" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B4" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="C4" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="D4" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="E4" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="H4" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B5" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="C5" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="D5" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="E5" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="H5" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B6" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C6" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="D6" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="E6" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="H6" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B7" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="C7" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="D7" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="E7" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="H7" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="B2" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="C2" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="E2" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="H2" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="B2" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="C2" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="D2" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="E2" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="H2" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="B2" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="C2" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="H2" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="B3" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="C3" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="H3" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="B4" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="C4" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="H4" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="B5" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="C5" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="H5" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>