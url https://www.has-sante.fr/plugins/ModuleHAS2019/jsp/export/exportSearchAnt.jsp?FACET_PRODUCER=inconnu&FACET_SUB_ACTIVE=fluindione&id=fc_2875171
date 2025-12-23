--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -9,149 +9,167 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +183,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>