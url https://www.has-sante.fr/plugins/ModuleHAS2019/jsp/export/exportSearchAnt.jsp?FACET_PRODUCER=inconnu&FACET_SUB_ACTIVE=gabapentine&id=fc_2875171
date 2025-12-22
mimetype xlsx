--- v0 (2025-11-04)
+++ v1 (2025-12-22)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="89">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>21/11/2024 15:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
   </si>
   <si>
     <t>p_3557813</t>
   </si>
   <si>
     <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/05/2024 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>c_938890</t>
   </si>
@@ -311,51 +326,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -397,86 +412,86 @@
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
         <v>27</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>29</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>30</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
       <c r="C6" t="s">
         <v>33</v>
       </c>
       <c r="D6" t="s">
@@ -501,223 +516,249 @@
       </c>
       <c r="B7" t="s">
         <v>37</v>
       </c>
       <c r="C7" t="s">
         <v>38</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>39</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>40</v>
       </c>
       <c r="H7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>42</v>
       </c>
       <c r="C8" t="s">
         <v>43</v>
       </c>
       <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
         <v>44</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
         <v>45</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
         <v>48</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>49</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>50</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>51</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" t="s">
         <v>54</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>55</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>56</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
         <v>57</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" t="s">
         <v>60</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>62</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>63</v>
       </c>
       <c r="H11" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>65</v>
       </c>
       <c r="C12" t="s">
         <v>66</v>
       </c>
       <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
         <v>67</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
         <v>68</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>25</v>
+      </c>
+      <c r="B13" t="s">
+        <v>70</v>
+      </c>
+      <c r="C13" t="s">
         <v>71</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
         <v>72</v>
       </c>
-      <c r="C13" t="s">
+      <c r="E13" t="s">
         <v>73</v>
       </c>
-      <c r="D13" t="s">
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
         <v>74</v>
       </c>
-      <c r="E13" t="s">
+      <c r="H13" t="s">
         <v>75</v>
-      </c>
-[...7 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
+        <v>76</v>
+      </c>
+      <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="C14" t="s">
         <v>78</v>
       </c>
-      <c r="B14" t="s">
+      <c r="D14" t="s">
         <v>79</v>
       </c>
-      <c r="C14" t="s">
+      <c r="E14" t="s">
         <v>80</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
         <v>81</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>82</v>
       </c>
-      <c r="H14" t="s">
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
         <v>83</v>
+      </c>
+      <c r="B15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>86</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>87</v>
+      </c>
+      <c r="H15" t="s">
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>