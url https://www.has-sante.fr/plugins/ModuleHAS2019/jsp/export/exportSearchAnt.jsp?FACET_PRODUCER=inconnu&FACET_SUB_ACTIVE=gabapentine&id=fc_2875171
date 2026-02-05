--- v1 (2025-12-22)
+++ v2 (2026-02-05)
@@ -47,51 +47,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/11/2024 15:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
   </si>
   <si>
     <t>p_3557813</t>
   </si>
   <si>
     <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
   </si>