--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -1,945 +1,339 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>MAGSEED</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Appropriateness of systematic screening for prostatic cancer by prostate specific antigen (PSA)</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>01/01/1999 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>27/02/2024 00:00:00</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_461999/fr/opportunite-d-un-depistage-systematique-du-cancer-de-la-prostate-par-le-dosage-de-l-antigene-specifique-de-la-prostate</t>
+    <t>https://www.has-sante.fr/jcms/c_461999/en/appropriateness-of-systematic-screening-for-prostatic-cancer-by-prostate-specific-antigen-psa</t>
   </si>
   <si>
     <t>c_461999</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...110 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Évaluation de la radiothérapie peropératoire (RTPO) dans le cancer du sein</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2562276/fr/evaluation-de-la-radiotherapie-peroperatoire-rtpo-dans-le-cancer-du-sein</t>
+    <t>Assessment of intraoperative radiotherapy (IORT) in breast cancer - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The medical questions of this assessment focus on intraoperative radiotherapy (IORT), in women undergoing lumpectomy (breast-conserving surgery) and adjuvant radiotherapy for early breast cancer, in order for it to be refunded by the National Health Insurance. IORT was compared to standard whole-breast irradiation</t>
+  </si>
+  <si>
+    <t>04/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/18/2016 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2562276/en/assessment-of-intraoperative-radiotherapy-iort-in-breast-cancer-inahta-brief</t>
   </si>
   <si>
     <t>c_2562276</t>
   </si>
   <si>
-    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
-  </si>
-[...19 lines deleted...]
-    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="I2" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="J2" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-    </row>
-[...41 lines deleted...]
-      <c r="A2" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="B2" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="C2" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="D2" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="E2" t="s">
-[...2 lines deleted...]
-      <c r="F2" t="s">
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
         <v>12</v>
       </c>
-      <c r="G2" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...424 lines deleted...]
-  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>