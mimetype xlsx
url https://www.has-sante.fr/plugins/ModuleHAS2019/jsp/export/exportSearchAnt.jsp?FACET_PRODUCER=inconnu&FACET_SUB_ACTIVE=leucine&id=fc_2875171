--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -9,199 +9,331 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>