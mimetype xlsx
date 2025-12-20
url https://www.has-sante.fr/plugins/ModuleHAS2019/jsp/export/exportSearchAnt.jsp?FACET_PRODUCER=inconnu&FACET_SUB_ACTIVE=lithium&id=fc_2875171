--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -1,251 +1,1468 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="144">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>NeuRx DPS RA/4, système de stimulation du diaphragme</t>
+  </si>
+  <si>
+    <t>Système de stimulation du diaphragme - SLA - NeuRx DPS RA/4 Diaphragm Pacing System - ALS - NeuRx DPS RA / 4</t>
+  </si>
+  <si>
+    <t>09/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2013 17:46:03</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1520081/fr/neurx-dps-ra/4-systeme-de-stimulation-du-diaphragme</t>
+  </si>
+  <si>
+    <t>c_1520081</t>
+  </si>
+  <si>
+    <t>SYNAPSE BIOMEDICAL EUROPE</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
+  </si>
+  <si>
+    <t>14/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1615995</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Syndrome de Phelan-McDermid</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint du Syndrome de Phelan-McDermid sur l’ensemble du territoire. Il a été élaboré par le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294989/fr/syndrome-de-phelan-mcdermid</t>
+  </si>
+  <si>
+    <t>p_3294989</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Cryopréservation de tissus, cellules et liquides biologiques issus du soin</t>
+  </si>
+  <si>
+    <t>Ces recommandations sont une actualisation des « Recommandations pour la cryopréservation de cellules et tissus tumoraux dans le but de réaliser des analyses moléculaires », élaborées conjointement par la Société française de pathologie, la Société française d’hématologie et la Société française de cancérologie publiées en mai 2000. Cette actualisation a été demandée à la HAS par la Société française de pathologie.</t>
+  </si>
+  <si>
+    <t>02/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923153/fr/cryopreservation-de-tissus-cellules-et-liquides-biologiques-issus-du-soin</t>
+  </si>
+  <si>
+    <t>c_923153</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
-[...5 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E2" t="s">
+        <v>23</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>50</v>
+      </c>
+      <c r="H6" t="s">
+        <v>51</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D2" t="s">
+        <v>55</v>
+      </c>
+      <c r="E2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>57</v>
+      </c>
+      <c r="H2" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" t="s">
+        <v>59</v>
+      </c>
+      <c r="C3" t="s">
+        <v>60</v>
+      </c>
+      <c r="D3" t="s">
+        <v>61</v>
+      </c>
+      <c r="E3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>63</v>
+      </c>
+      <c r="H3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C4" t="s">
+        <v>66</v>
+      </c>
+      <c r="D4" t="s">
+        <v>67</v>
+      </c>
+      <c r="E4" t="s">
+        <v>68</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>69</v>
+      </c>
+      <c r="H4" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>71</v>
+      </c>
+      <c r="C5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D5" t="s">
+        <v>73</v>
+      </c>
+      <c r="E5" t="s">
+        <v>74</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>75</v>
+      </c>
+      <c r="H5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>77</v>
+      </c>
+      <c r="C6" t="s">
+        <v>78</v>
+      </c>
+      <c r="D6" t="s">
+        <v>73</v>
+      </c>
+      <c r="E6" t="s">
+        <v>74</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>79</v>
+      </c>
+      <c r="H6" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>81</v>
+      </c>
+      <c r="C7" t="s">
+        <v>82</v>
+      </c>
+      <c r="D7" t="s">
+        <v>73</v>
+      </c>
+      <c r="E7" t="s">
+        <v>83</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>84</v>
+      </c>
+      <c r="H7" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" t="s">
+        <v>86</v>
+      </c>
+      <c r="C8" t="s">
+        <v>87</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>83</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>88</v>
+      </c>
+      <c r="H8" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>52</v>
+      </c>
+      <c r="B9" t="s">
+        <v>90</v>
+      </c>
+      <c r="C9" t="s">
+        <v>87</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>74</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>91</v>
+      </c>
+      <c r="H9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B10" t="s">
+        <v>93</v>
+      </c>
+      <c r="C10" t="s">
+        <v>94</v>
+      </c>
+      <c r="D10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E10" t="s">
+        <v>83</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>95</v>
+      </c>
+      <c r="H10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" t="s">
+        <v>83</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>99</v>
+      </c>
+      <c r="H11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D12" t="s">
+        <v>73</v>
+      </c>
+      <c r="E12" t="s">
+        <v>74</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>103</v>
+      </c>
+      <c r="H12" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>52</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>87</v>
+      </c>
+      <c r="D13" t="s">
+        <v>73</v>
+      </c>
+      <c r="E13" t="s">
+        <v>74</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>106</v>
+      </c>
+      <c r="H13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>52</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>82</v>
+      </c>
+      <c r="D14" t="s">
+        <v>73</v>
+      </c>
+      <c r="E14" t="s">
+        <v>83</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>109</v>
+      </c>
+      <c r="H14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>52</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D15" t="s">
+        <v>73</v>
+      </c>
+      <c r="E15" t="s">
+        <v>83</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>112</v>
+      </c>
+      <c r="H15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>52</v>
+      </c>
+      <c r="B16" t="s">
+        <v>114</v>
+      </c>
+      <c r="C16" t="s">
+        <v>115</v>
+      </c>
+      <c r="D16" t="s">
+        <v>116</v>
+      </c>
+      <c r="E16" t="s">
+        <v>117</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>118</v>
+      </c>
+      <c r="H16" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>52</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" t="s">
+        <v>121</v>
+      </c>
+      <c r="D17" t="s">
+        <v>122</v>
+      </c>
+      <c r="E17" t="s">
+        <v>123</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>124</v>
+      </c>
+      <c r="H17" t="s">
+        <v>125</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>126</v>
+      </c>
+      <c r="B2" t="s">
+        <v>127</v>
+      </c>
+      <c r="C2" t="s">
+        <v>128</v>
+      </c>
+      <c r="D2" t="s">
+        <v>129</v>
+      </c>
+      <c r="E2" t="s">
+        <v>130</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>131</v>
+      </c>
+      <c r="H2" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B3" t="s">
+        <v>133</v>
+      </c>
+      <c r="C3" t="s">
+        <v>134</v>
+      </c>
+      <c r="D3" t="s">
+        <v>135</v>
+      </c>
+      <c r="E3" t="s">
+        <v>136</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>137</v>
+      </c>
+      <c r="H3" t="s">
+        <v>138</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B2" t="s">
+        <v>140</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>142</v>
+      </c>
+      <c r="H2" t="s">
+        <v>143</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>