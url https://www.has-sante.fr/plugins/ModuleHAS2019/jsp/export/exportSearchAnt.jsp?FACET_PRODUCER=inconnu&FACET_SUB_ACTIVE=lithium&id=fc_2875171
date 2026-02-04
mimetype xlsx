--- v1 (2025-12-20)
+++ v2 (2026-02-04)
@@ -113,51 +113,51 @@
   <si>
     <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
   </si>
   <si>
     <t>14/05/2014 00:00:00</t>
   </si>
   <si>
     <t>27/05/2014 15:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
   </si>
   <si>
     <t>c_1615995</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/11/2024 15:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
   </si>
   <si>
     <t>p_3557813</t>
   </si>
   <si>
     <t>Epilepsies néonatales</t>
   </si>