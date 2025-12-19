--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -9,101 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="64">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
   </si>
   <si>
     <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
   </si>
   <si>
     <t>08/02/2024 00:00:00</t>
   </si>
   <si>
     <t>13/02/2024 13:45:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
   </si>
   <si>
     <t>p_3426280</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Epilepsies vitamino-sensibles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/08/2022 15:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
   </si>
   <si>
     <t>p_3358939</t>
   </si>
   <si>
     <t>Déficit hypophysaire congénital</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
@@ -236,283 +251,309 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>25</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>29</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>30</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
         <v>33</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>34</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>35</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>36</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
         <v>39</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
         <v>40</v>
       </c>
-      <c r="C7" t="s">
+      <c r="E7" t="s">
         <v>41</v>
       </c>
-      <c r="D7" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>42</v>
       </c>
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="E8" t="s">
         <v>48</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
         <v>49</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" t="s">
         <v>52</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>53</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
         <v>54</v>
       </c>
-      <c r="D9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>55</v>
       </c>
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>56</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
         <v>57</v>
       </c>
-      <c r="H9" t="s">
+      <c r="B10" t="s">
         <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" t="s">
+        <v>60</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>