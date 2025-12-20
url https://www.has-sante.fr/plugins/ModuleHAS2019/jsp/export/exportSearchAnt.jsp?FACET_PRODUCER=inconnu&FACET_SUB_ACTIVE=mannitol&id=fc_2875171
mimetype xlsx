--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="52">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
   </si>
   <si>
     <t>p_3390524</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
   </si>
   <si>
     <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
   </si>
   <si>
     <t>01/09/2007 00:00:00</t>
   </si>
   <si>
     <t>24/12/2007 11:39:00</t>
   </si>
@@ -200,51 +215,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -260,171 +275,197 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>37</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
         <v>41</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>42</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>43</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>44</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>45</v>
       </c>
-      <c r="H7" t="s">
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" t="s">
         <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>