--- v0 (2025-11-04)
+++ v1 (2026-02-02)
@@ -21,86 +21,101 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Communiqué de presse" r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="157" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="91">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Déficit hypophysaire congénital</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
   </si>
   <si>
     <t>p_3301031</t>
   </si>
   <si>
     <t>Acromégalie</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>17/11/2021 12:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
   </si>
   <si>
     <t>p_3292767</t>
   </si>
@@ -329,51 +344,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -450,493 +465,519 @@
       </c>
       <c r="E4" t="s">
         <v>22</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>23</v>
       </c>
       <c r="H4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>25</v>
       </c>
       <c r="C5" t="s">
         <v>26</v>
       </c>
       <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>27</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>28</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
         <v>31</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>34</v>
       </c>
       <c r="H6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7" t="s">
         <v>37</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>39</v>
       </c>
       <c r="H7" t="s">
         <v>40</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B2" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="H2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="B2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="C2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="E2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="H2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="B3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="C3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="D3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="E3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="H3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B2" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="H2" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="I2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="H3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="I3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B4" t="s">
+        <v>76</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>77</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>78</v>
+      </c>
+      <c r="H4" t="s">
+        <v>79</v>
+      </c>
+      <c r="I4" t="s">
         <v>71</v>
-      </c>
-[...19 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="H5" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="I5" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="B2" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="C2" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D2" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="E2" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="H2" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>