--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -1,1304 +1,298 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>ARTHRUM</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Normal childbirth: support of physiology and medical interventions</t>
+  </si>
+  <si>
+    <t>Define for women at low obstetric risk how to take care of the pace and spontaneous development of birth and women's preferences. Improve and guarantee the quality and safety of maternal and newborn care.</t>
+  </si>
+  <si>
+    <t>11/23/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/25/2018 14:18:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>28/11/2001 00:00:00</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
+    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Contraception chez la femme en post-partum</t>
-[...176 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
+    <t>Primary postpartum haemorrhage</t>
+  </si>
+  <si>
+    <t>To issue guidelines that will help reduce maternal deaths in France. Primary postpartum haemorrhage was the leading cause of death between 1990 and 2000 in France.</t>
+  </si>
+  <si>
+    <t>11/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3445536/fr/evaluation-des-ultrasons-focalises-de-haute-intensite-pour-le-traitement-des-fibromes-uterins-symptomatiques-rapport-d-evaluation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Evaluation of high-intensity focused ultrasound (HIFU) for the treatment of symptomatic uterine fibroids Brief INAHTA</t>
+  </si>
+  <si>
+    <t>The aim of the evaluation was to assess the appropriateness of French health insurance reimbursement of USgHIFU and MRgHIFU for the treatment of symptomatic uterine fibroids.</t>
+  </si>
+  <si>
+    <t>07/18/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
   </si>
   <si>
     <t>p_3445536</t>
-  </si>
-[...34 lines deleted...]
-    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J4"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="I2" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
         <v>13</v>
       </c>
-      <c r="E3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
         <v>13</v>
       </c>
-      <c r="E4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
-[...58 lines deleted...]
-      <c r="D2" t="s">
         <v>28</v>
-      </c>
-[...644 lines deleted...]
-        <v>117</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>