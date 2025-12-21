--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -9,122 +9,137 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="65">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
   </si>
   <si>
     <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
   </si>
   <si>
     <t>10/03/2022 00:00:00</t>
   </si>
   <si>
     <t>24/03/2022 11:12:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
   </si>
   <si>
     <t>p_3215131</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre le Sars-Cov-2 - Actualisation des facteurs de risque de formes graves de la Covid-19 et des recommandations sur la stratégie de priorisation des populations à vacciner</t>
   </si>
   <si>
     <t>En s’appuyant sur l’évolution des connaissances disponibles sur le SARS-CoV-2, la HAS avec la commission technique des vaccinations, actualise les facteurs de risque de formes graves de Covid-19 et met à jour ses recommandations sur la stratégie de priorisation des populations à vacciner.</t>
   </si>
   <si>
     <t>01/03/2021 00:00:00</t>
   </si>
   <si>
     <t>02/03/2021 10:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3240117/fr/strategie-de-vaccination-contre-le-sars-cov-2-actualisation-des-facteurs-de-risque-de-formes-graves-de-la-covid-19-et-des-recommandations-sur-la-strategie-de-priorisation-des-populations-a-vacciner</t>
   </si>
   <si>
     <t>p_3240117</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/06/2020 18:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
   </si>
   <si>
     <t>p_3187041</t>
   </si>
   <si>
     <t>Conduite à tenir en médecine de premier recours devant un enfant ou un adolescent susceptible d’avoir un trouble déficit de l’attention avec ou sans hyperactivité</t>
   </si>
   <si>
     <t>L’objectif de cette recommandation est d’aider les médecins assurant les soins de premier recours et face à un enfant ou un adolescent présentant des signes évocateurs d’un TDAH : • à mener leur mission de repérage du trouble ; • à conduire une démarche diagnostique initiale et d’orientation dans le système de soins ; • à participer au suivi en collaboration avec un médecin spécialiste du trouble, ayant acquis une compétence dans le diagnostic et la prise en charge du TDAH.</t>
   </si>
   <si>
     <t>10/12/2014 00:00:00</t>
   </si>
@@ -239,283 +254,309 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
         <v>23</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>27</v>
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>37</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
         <v>41</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>42</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>43</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>44</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>48</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>49</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
         <v>50</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
         <v>53</v>
       </c>
-      <c r="B9" t="s">
+      <c r="D9" t="s">
         <v>54</v>
       </c>
-      <c r="C9" t="s">
+      <c r="E9" t="s">
         <v>55</v>
       </c>
-      <c r="D9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>56</v>
       </c>
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>57</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
         <v>58</v>
       </c>
-      <c r="H9" t="s">
+      <c r="B10" t="s">
         <v>59</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E10" t="s">
+        <v>62</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H10" t="s">
+        <v>64</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>