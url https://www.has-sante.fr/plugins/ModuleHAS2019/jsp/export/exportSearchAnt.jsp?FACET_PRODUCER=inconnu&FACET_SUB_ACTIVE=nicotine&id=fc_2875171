--- v1 (2025-12-21)
+++ v2 (2026-02-04)
@@ -9,242 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
-[...113 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Prise en charge du patient adulte se plaignant d'insomnie en médecine générale</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Elements to evaluate for managing a patient in outpatient surgery</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>05/21/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
   </si>
   <si>
     <t>c_1346147</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -254,309 +128,127 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      <c r="A4" t="s">
         <v>22</v>
-      </c>
-[...175 lines deleted...]
-        <v>64</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>