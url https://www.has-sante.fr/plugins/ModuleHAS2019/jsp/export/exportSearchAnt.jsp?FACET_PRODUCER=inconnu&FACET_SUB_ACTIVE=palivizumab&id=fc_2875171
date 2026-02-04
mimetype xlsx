--- v0 (2025-11-08)
+++ v1 (2026-02-04)
@@ -9,92 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Recommandation vaccinale contre les infections à VRS chez les femmes enceintes</t>
   </si>
   <si>
     <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
   </si>
   <si>
     <t>06/06/2024 00:00:00</t>
   </si>
   <si>
     <t>13/06/2024 10:35:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
   </si>
   <si>
     <t>p_3505344</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Intérêt des tests rapides d’orientation diagnostique (TROD) antigéniques COVID/grippe et COVID/grippe/VRS en ville</t>
   </si>
   <si>
     <t>L’objectif de ce travail est de se prononcer sur l’intérêt médical de recourir à des tests rapides d’orientation diagnostique, dits TROD, pour rechercher en contexte de ville (typiquement au cours d’une consultation en cabinet médical) les principaux virus responsables d’infections respiratoires aiguës susceptibles de co-circuler de façon épidémique en période hivernale, en l’espèce le VRS, les virus influenza et le SARS-CoV-2, respectivement responsables de la majorité des bronchiolites, de la grippe et de la COVID-19</t>
   </si>
   <si>
     <t>01/06/2023 00:00:00</t>
   </si>
   <si>
     <t>13/06/2023 10:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3444489/fr/interet-des-tests-rapides-d-orientation-diagnostique-trod-antigeniques-covid/grippe-et-covid/grippe/vrs-en-ville</t>
   </si>
@@ -128,127 +146,153 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>