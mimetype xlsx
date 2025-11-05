--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -1,471 +1,1788 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="310" uniqueCount="191">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>KetoCal</t>
+  </si>
+  <si>
+    <t>ADDFMS pour nutrition orale ou entérale</t>
+  </si>
+  <si>
+    <t>07/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2014 18:57:12</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768798/fr/ketocal</t>
+  </si>
+  <si>
+    <t>c_1768798</t>
+  </si>
+  <si>
+    <t>NUTRICIA NUTRITION CLINIQUE</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>Papillomatose respiratoire récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de papillomatose respiratoire récurrente (PRR). Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392262/fr/papillomatose-respiratoire-recurrente</t>
+  </si>
+  <si>
+    <t>p_3392262</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Fentes labiales et/ou palatines</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec une fente labiale et/ou palatine (FL/P). Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301614/fr/fentes-labiales-et/ou-palatines</t>
+  </si>
+  <si>
+    <t>p_3301614</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Cryopréservation de tissus, cellules et liquides biologiques issus du soin</t>
+  </si>
+  <si>
+    <t>Ces recommandations sont une actualisation des « Recommandations pour la cryopréservation de cellules et tissus tumoraux dans le but de réaliser des analyses moléculaires », élaborées conjointement par la Société française de pathologie, la Société française d’hématologie et la Société française de cancérologie publiées en mai 2000. Cette actualisation a été demandée à la HAS par la Société française de pathologie.</t>
+  </si>
+  <si>
+    <t>02/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923153/fr/cryopreservation-de-tissus-cellules-et-liquides-biologiques-issus-du-soin</t>
+  </si>
+  <si>
+    <t>c_923153</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions rectales superficielles à potentiel cancéreux</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’une lésion superficielle du rectum à potentiel cancéreux jugée à faible risque d’envahissement ganglionnaire, en comparaison à la mucosectomie et aux techniques chirurgicales, afin de statuer sur la pertinence de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>22/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions cancéreuses superficielles coliques</t>
+  </si>
+  <si>
+    <t>Évaluer l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel du côlon jugé à faible risque d’envahissement ganglionnaire</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
   </si>
   <si>
     <t>c_2853392</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
+  </si>
+  <si>
+    <t>Capsule colique, cancer colorectal, polype colorectal, symptôme colique, diagnostic, dépistage, coloscopie optique, coloscopie virtuelle</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752851/fr/exploration-par-capsule-colique-utilite-clinique-meta-analyse-des-performances-diagnostiques-securite</t>
+  </si>
+  <si>
+    <t>c_1752851</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
-[...2 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
+  </si>
+  <si>
+    <t>Conditions pré-analytiques de réalisation de la recherche du génome (ADN) des Papillomavirus Humains (HPV) oncogènes à partir de frottis cervico-utérins – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>L'objectif de travail qui se place dans le cadre de l'indication de recherche du génome (ADN) des HPV oncogènes, recommandée et prise en charge par l'Assurance Maladie (frottis cervico-utérin ASC-US), était : * d'identifier les facteurs pré-analytiques succeptibles d'interférer avec les résultats de la recherche du génome (ADN) et des HPV oncogènes * d'établir les conditions de réalisation de la phase pré-analytique de cette recherche</t>
+  </si>
+  <si>
+    <t>02/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>17/10/2013 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264004/fr/conditions-pre-analytiques-de-realisation-de-la-recherche-du-genome-adn-des-papillomavirus-humains-hpv-oncogenes-a-partir-de-frottis-cervico-uterins-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1264004</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 17 février 2021</t>
+  </si>
+  <si>
+    <t>10/02/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236885/fr/commission-de-la-transparence-reunion-a-distance-du-17-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3236885</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations pour les étudiants et professionnels des secteurs sanitaire, médicosocial et en contacts étroits avec de jeunes enfants</t>
+  </si>
+  <si>
+    <t>La HAS préconise de faire évoluer le cadre juridique actuel afin que l’obligation vaccinale des professionnels soit fondée sur des critères liés à la catégorie professionnelle (en fonction du risque d’exposition professionnel et/ou de la personne prise en charge) et aux actes à risque susceptibles d’être réalisés, plutôt que sur une liste d’établissements ou organismes dans lesquels ils exercent. La HAS recommande fortement la vaccination contre la Covid-19, la diphtérie, le tétanos et la poliomyélite (sauf pour Mayotte où elle recommande un maintien de l’obligation pour le vaccin DTP) et maintient une obligation d’immunisation contre l’hépatite B et son élargissement aux professionnels libéraux.</t>
+  </si>
+  <si>
+    <t>29/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2023 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424586/fr/actualisation-des-recommandations-et-obligations-pour-les-etudiants-et-professionnels-des-secteurs-sanitaire-medicosocial-et-en-contacts-etroits-avec-de-jeunes-enfants</t>
+  </si>
+  <si>
+    <t>p_3424586</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections à pneumocoque - Place du vaccin pneumococcique polyosidique conjugué (20-valent, adsorbé) chez l’adulte</t>
+  </si>
+  <si>
+    <t>Le vaccin VPC 20 est un vaccin pneumococcique conjugué dirigé contre 20 sérotypes pneumococciques. Il a reçu une AMM européenne le 14 février 2022 chez les personnes âgées de 18 ans et plus. L’objectif de ce rapport est d’évaluer l’ensemble des données disponibles sur ce nouveau vaccin afin de préciser sa place dans la stratégie de vaccination contre les infections à pneumocoque dans cette population (méthode AVIVAC). Au terme de son évaluation, la HAS considère que le vaccin VPC 20 peut être intégré dans la stratégie vaccinale française pour la prévention des maladies invasives et des pneumonies à pneumocoque chez les personnes à risque âgées de 18 ans et plus. La HAS estime que les bénéfices supplémentaires conférés par l’ajout de sept sérotypes ainsi qu’une simplification du schéma vaccinal justifie l’utilisation préférentielle du vaccin VPC 20 seul en remplacement du schéma VPC 13 – VPP 23 actuellement en vigueur. La HAS ne recommande donc plus l’utilisation des vaccins VPC 13 et VPP 23 chez l’adulte.</t>
+  </si>
+  <si>
+    <t>27/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/08/2023 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457419/fr/strategie-de-vaccination-contre-les-infections-a-pneumocoque-place-du-vaccin-pneumococcique-polyosidique-conjugue-20-valent-adsorbe-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3457419</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations vaccinales des professionnels</t>
+  </si>
+  <si>
+    <t>La HAS préconise qu’une obligation d’immunisation contre la rougeole soit mise en place pour les étudiants et professionnels pour lesquels cette vaccination est actuellement recommandée. En l’absence de disponibilité d’un vaccin rougeole non combiné, la HAS préconise ainsi que l’administration de deux doses de vaccin trivalent ROR soit rendue obligatoire en milieu professionnel pour les personnes non vaccinées et sans antécédent documenté de rougeole. La HAS préconise également de maintenir les recommandations de vaccination contre la coqueluche, la grippe, l’hépatite A, et la varicelle.</t>
+  </si>
+  <si>
+    <t>31/07/2023 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456351/fr/actualisation-des-recommandations-et-obligations-vaccinales-des-professionnels</t>
+  </si>
+  <si>
+    <t>p_3456351</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à rotavirus - Révision de la stratégie vaccinale et détermination de la place des vaccins Rotarix et RotaTeq</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre les rotavirus chez tous les nourrissons âgés de 6 semaines à 6 mois, selon un schéma vaccinal à deux doses (à 2 et 3 mois de vie) pour le vaccin monovalent (Rotarix) et à trois doses (à 2, 3 et 4 mois de vie) pour le vaccin pentavalent (RotaTeq). Le strict respect de ce calendrier vaccinal est primordial afin d’assurer la complétude du schéma vaccinal avant l’âge limite (6 mois pour Rotarix et 8 mois pour RotaTeq).</t>
+  </si>
+  <si>
+    <t>23/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2022 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321070/fr/recommandation-vaccinale-contre-les-infections-a-rotavirus-revision-de-la-strategie-vaccinale-et-determination-de-la-place-des-vaccins-rotarix-et-rotateq</t>
+  </si>
+  <si>
+    <t>p_3321070</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
         <v>12</v>
       </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E2" t="s">
+        <v>23</v>
+      </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C3" t="s">
+        <v>39</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>41</v>
+      </c>
+      <c r="H3" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="H6" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="H7" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="C8" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="D8" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="H8" t="s">
-        <v>51</v>
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>32</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>67</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>68</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>69</v>
+      </c>
+      <c r="H9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>73</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>74</v>
+      </c>
+      <c r="H10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>32</v>
+      </c>
+      <c r="B11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" t="s">
+        <v>78</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>79</v>
+      </c>
+      <c r="H11" t="s">
+        <v>80</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D2" t="s">
+        <v>84</v>
+      </c>
+      <c r="E2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>86</v>
+      </c>
+      <c r="H2" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C3" t="s">
+        <v>89</v>
+      </c>
+      <c r="D3" t="s">
+        <v>90</v>
+      </c>
+      <c r="E3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>81</v>
+      </c>
+      <c r="B4" t="s">
+        <v>94</v>
+      </c>
+      <c r="C4" t="s">
+        <v>95</v>
+      </c>
+      <c r="D4" t="s">
+        <v>96</v>
+      </c>
+      <c r="E4" t="s">
+        <v>97</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>98</v>
+      </c>
+      <c r="H4" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>81</v>
+      </c>
+      <c r="B5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D5" t="s">
+        <v>102</v>
+      </c>
+      <c r="E5" t="s">
+        <v>103</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>104</v>
+      </c>
+      <c r="H5" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>81</v>
+      </c>
+      <c r="B6" t="s">
+        <v>106</v>
+      </c>
+      <c r="C6" t="s">
+        <v>107</v>
+      </c>
+      <c r="D6" t="s">
+        <v>108</v>
+      </c>
+      <c r="E6" t="s">
+        <v>108</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>109</v>
+      </c>
+      <c r="H6" t="s">
+        <v>110</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>111</v>
+      </c>
+      <c r="B2" t="s">
+        <v>112</v>
+      </c>
+      <c r="C2" t="s">
+        <v>113</v>
+      </c>
+      <c r="D2" t="s">
+        <v>114</v>
+      </c>
+      <c r="E2" t="s">
+        <v>115</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>116</v>
+      </c>
+      <c r="H2" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B3" t="s">
+        <v>118</v>
+      </c>
+      <c r="C3" t="s">
+        <v>119</v>
+      </c>
+      <c r="D3" t="s">
+        <v>120</v>
+      </c>
+      <c r="E3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>122</v>
+      </c>
+      <c r="H3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>111</v>
+      </c>
+      <c r="B4" t="s">
+        <v>124</v>
+      </c>
+      <c r="C4" t="s">
+        <v>125</v>
+      </c>
+      <c r="D4" t="s">
+        <v>126</v>
+      </c>
+      <c r="E4" t="s">
+        <v>127</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>128</v>
+      </c>
+      <c r="H4" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B5" t="s">
+        <v>130</v>
+      </c>
+      <c r="C5" t="s">
+        <v>131</v>
+      </c>
+      <c r="D5" t="s">
+        <v>132</v>
+      </c>
+      <c r="E5" t="s">
+        <v>133</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>134</v>
+      </c>
+      <c r="H5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>111</v>
+      </c>
+      <c r="B6" t="s">
+        <v>136</v>
+      </c>
+      <c r="C6" t="s">
+        <v>137</v>
+      </c>
+      <c r="D6" t="s">
+        <v>138</v>
+      </c>
+      <c r="E6" t="s">
+        <v>139</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>140</v>
+      </c>
+      <c r="H6" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>111</v>
+      </c>
+      <c r="B7" t="s">
+        <v>142</v>
+      </c>
+      <c r="C7" t="s">
+        <v>143</v>
+      </c>
+      <c r="D7" t="s">
+        <v>144</v>
+      </c>
+      <c r="E7" t="s">
+        <v>145</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>146</v>
+      </c>
+      <c r="H7" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>111</v>
+      </c>
+      <c r="B8" t="s">
+        <v>148</v>
+      </c>
+      <c r="C8" t="s">
+        <v>149</v>
+      </c>
+      <c r="D8" t="s">
+        <v>150</v>
+      </c>
+      <c r="E8" t="s">
+        <v>151</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>152</v>
+      </c>
+      <c r="H8" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>111</v>
+      </c>
+      <c r="B9" t="s">
+        <v>154</v>
+      </c>
+      <c r="C9" t="s">
+        <v>155</v>
+      </c>
+      <c r="D9" t="s">
+        <v>156</v>
+      </c>
+      <c r="E9" t="s">
+        <v>157</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>158</v>
+      </c>
+      <c r="H9" t="s">
+        <v>159</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>161</v>
+      </c>
+      <c r="B2" t="s">
+        <v>162</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>163</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>164</v>
+      </c>
+      <c r="H2" t="s">
+        <v>165</v>
+      </c>
+      <c r="I2" t="s">
+        <v>166</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>167</v>
+      </c>
+      <c r="B2" t="s">
+        <v>168</v>
+      </c>
+      <c r="C2" t="s">
+        <v>169</v>
+      </c>
+      <c r="D2" t="s">
+        <v>170</v>
+      </c>
+      <c r="E2" t="s">
+        <v>171</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>172</v>
+      </c>
+      <c r="H2" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B3" t="s">
+        <v>174</v>
+      </c>
+      <c r="C3" t="s">
+        <v>175</v>
+      </c>
+      <c r="D3" t="s">
+        <v>176</v>
+      </c>
+      <c r="E3" t="s">
+        <v>177</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>178</v>
+      </c>
+      <c r="H3" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B4" t="s">
+        <v>180</v>
+      </c>
+      <c r="C4" t="s">
+        <v>181</v>
+      </c>
+      <c r="D4" t="s">
+        <v>176</v>
+      </c>
+      <c r="E4" t="s">
+        <v>182</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>183</v>
+      </c>
+      <c r="H4" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>167</v>
+      </c>
+      <c r="B5" t="s">
+        <v>185</v>
+      </c>
+      <c r="C5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D5" t="s">
+        <v>187</v>
+      </c>
+      <c r="E5" t="s">
+        <v>188</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>189</v>
+      </c>
+      <c r="H5" t="s">
+        <v>190</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>