--- v0 (2025-11-05)
+++ v1 (2026-02-05)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>08/03/2012 16:15:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>