--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -9,149 +9,131 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>04/04/2019 10:06:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...2 lines deleted...]
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -161,179 +143,153 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
+        <v>11</v>
+      </c>
+      <c r="F2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...24 lines deleted...]
-        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>