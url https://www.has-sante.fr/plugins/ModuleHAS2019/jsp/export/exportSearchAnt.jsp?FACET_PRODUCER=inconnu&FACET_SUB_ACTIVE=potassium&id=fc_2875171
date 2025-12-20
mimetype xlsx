--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,544 +1,208 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="33">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>28/09/2022 16:00:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3372202/fr/certification-par-essai-de-type-des-logiciels-d-aide-a-la-dispensation-lad-de-pharmacie-a-usage-interieur-pui</t>
-[...146 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
+    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
-[...134 lines deleted...]
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
-[...5 lines deleted...]
-    <t>13/11/2013 00:00:00</t>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
   </si>
   <si>
     <t>c_827591</t>
-  </si>
-[...40 lines deleted...]
-    <t>p_3290614</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -560,787 +224,113 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...99 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="E4" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="E5" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="H5" t="s">
-        <v>46</v>
-[...581 lines deleted...]
-        <v>139</v>
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>