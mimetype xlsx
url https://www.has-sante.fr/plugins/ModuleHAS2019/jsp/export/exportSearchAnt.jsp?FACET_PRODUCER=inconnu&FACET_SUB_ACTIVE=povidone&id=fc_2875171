--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -1,618 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>HYDROFIBER AQUACEL AG</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>17/05/2006 00:00:00</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
-  </si>
-[...88 lines deleted...]
-    <t>p_3483677</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...96 lines deleted...]
-        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...182 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>