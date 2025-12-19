--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="194" uniqueCount="119">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -90,50 +90,65 @@
     <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
   </si>
   <si>
     <t>p_3451353</t>
   </si>
   <si>
     <t>L’éducation thérapeutique dans la prise en charge des maladies chroniques : Analyse économique et organisationnelle</t>
   </si>
   <si>
     <t>Ce rapport analyse les conditions organisationnelles et financières du développement de l’éducation thérapeutique en France. Il dresse le diagnostic de la situation actuelle et propose des pistes de développement réaliste.</t>
   </si>
   <si>
     <t>13/11/2007 00:00:00</t>
   </si>
   <si>
     <t>10/09/2008 09:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1499485/fr/l-education-therapeutique-dans-la-prise-en-charge-des-maladies-chroniques-analyse-economique-et-organisationnelle</t>
   </si>
   <si>
     <t>r_1499485</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
   </si>
   <si>
     <t>Hémophilie A acquise</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
   </si>
   <si>
     <t>p_3594164</t>
   </si>
   <si>
     <t>Atrésie des voies biliaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
@@ -505,51 +520,51 @@
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -600,522 +615,548 @@
       </c>
       <c r="E3" t="s">
         <v>30</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>31</v>
       </c>
       <c r="H3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>33</v>
       </c>
       <c r="C4" t="s">
         <v>34</v>
       </c>
       <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>35</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>36</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
         <v>39</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>41</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>42</v>
       </c>
       <c r="H5" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>44</v>
       </c>
       <c r="C6" t="s">
         <v>45</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>51</v>
       </c>
       <c r="H7" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>53</v>
       </c>
       <c r="C8" t="s">
         <v>54</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>55</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>56</v>
       </c>
       <c r="H8" t="s">
         <v>57</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>58</v>
+      </c>
+      <c r="C9" t="s">
+        <v>59</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>60</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>61</v>
+      </c>
+      <c r="H9" t="s">
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B2" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="C2" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="D2" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="E2" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="H2" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="E3" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="H3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B4" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C4" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="D4" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="E4" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="H4" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B5" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C5" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="D5" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="E5" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="H5" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="B2" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="C2" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="D2" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="E2" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H2" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="B3" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="C3" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="D3" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="E3" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="H3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="B4" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="C4" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D4" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="E4" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="H4" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="B5" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C5" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="D5" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="E5" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="H5" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="B2" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="H2" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="I2" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>