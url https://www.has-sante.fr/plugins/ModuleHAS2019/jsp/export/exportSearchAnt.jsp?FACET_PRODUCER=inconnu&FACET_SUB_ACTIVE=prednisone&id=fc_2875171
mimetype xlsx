--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="194" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="119">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -96,50 +96,65 @@
     <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
   </si>
   <si>
     <t>p_3461308</t>
   </si>
   <si>
     <t>Évaluation a priori du dépistage de la syphilis en France</t>
   </si>
   <si>
     <t>Évaluer, au vu des dernières données épidémiologiques montrant une recrudescence de la maladie, l’opportunité du dépistage de la syphilis en France et préciser ses modalités : quelle population dépister et à quelle fréquence ? Comment utiliser les multiples tests disponibles ? Comment optimiser la surveillance épidémiologique, la sensibilisation des personnes concernées par le dépistage, l’utilisation des différentes structures de dépistage et la notification des partenaires des patients dépistés et diagnostiqués positifs ?</t>
   </si>
   <si>
     <t>23/05/2007 00:00:00</t>
   </si>
   <si>
     <t>02/07/2007 15:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
   </si>
   <si>
     <t>c_548127</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
   </si>
   <si>
     <t>Hémophilie A acquise</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
   </si>
   <si>
     <t>p_3594164</t>
   </si>
   <si>
     <t>Lupus Systémique de l'adulte et de l'enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/02/2024 00:00:00</t>
   </si>
@@ -511,51 +526,51 @@
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -580,602 +595,628 @@
       </c>
       <c r="E2" t="s">
         <v>25</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>22</v>
       </c>
       <c r="B3" t="s">
         <v>28</v>
       </c>
       <c r="C3" t="s">
         <v>29</v>
       </c>
       <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>30</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>31</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>36</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>37</v>
       </c>
       <c r="H4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>39</v>
       </c>
       <c r="C5" t="s">
         <v>40</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>41</v>
       </c>
-      <c r="H5" t="s">
-        <v>42</v>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>46</v>
+      </c>
+      <c r="H6" t="s">
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B2" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="C2" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="E2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="H2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="C3" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="D3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E3" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="H3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C4" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="D4" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="E4" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="H4" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C5" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="D5" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E5" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="H5" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B2" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="C2" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="D2" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="E2" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="H2" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B3" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C3" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="D3" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="E3" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="H3" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B4" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="C4" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="D4" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="E4" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="H4" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="B2" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="H2" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="I2" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="B2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="C2" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D2" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="E2" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="H2" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="B2" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C2" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="D2" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="E2" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="H2" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="B3" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="C3" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="D3" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="E3" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="H3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>