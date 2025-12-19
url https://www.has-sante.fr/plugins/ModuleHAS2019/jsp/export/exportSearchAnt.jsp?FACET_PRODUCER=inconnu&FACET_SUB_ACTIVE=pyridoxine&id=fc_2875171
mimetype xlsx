--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -9,137 +9,239 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="64">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -149,153 +251,309 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...10 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="B4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
         <v>25</v>
       </c>
-      <c r="D4" t="s">
+      <c r="B5" t="s">
         <v>26</v>
       </c>
-      <c r="E4" t="s">
+      <c r="C5" t="s">
         <v>27</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="D5" t="s">
         <v>28</v>
       </c>
-      <c r="H4" t="s">
+      <c r="E5" t="s">
         <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>54</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" t="s">
+        <v>60</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>