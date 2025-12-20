--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -9,92 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
   </si>
   <si>
     <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
   </si>
   <si>
     <t>07/06/2018 00:00:00</t>
   </si>
   <si>
     <t>13/06/2018 16:46:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
   </si>
   <si>
     <t>c_1252051</t>
   </si>
   <si>
     <t>Bon usage des agents antiplaquettaires</t>
   </si>
   <si>
     <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
   </si>
   <si>
     <t>01/06/2012 00:00:00</t>
   </si>
   <si>
     <t>01/06/2012 15:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
   </si>
   <si>
     <t>c_1264095</t>
   </si>
@@ -125,127 +143,153 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>