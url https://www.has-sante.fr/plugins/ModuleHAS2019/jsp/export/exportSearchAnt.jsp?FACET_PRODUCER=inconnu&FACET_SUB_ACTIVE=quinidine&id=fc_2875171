--- v1 (2025-12-20)
+++ v2 (2026-02-03)
@@ -47,51 +47,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
   </si>
   <si>
     <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
   </si>
   <si>
     <t>07/06/2018 00:00:00</t>
   </si>
   <si>
     <t>13/06/2018 16:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
   </si>