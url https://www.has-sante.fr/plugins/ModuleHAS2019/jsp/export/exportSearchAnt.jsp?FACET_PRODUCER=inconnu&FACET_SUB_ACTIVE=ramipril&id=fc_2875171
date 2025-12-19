--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -9,152 +9,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Methods for assessing global cardiovascular risk (CVR): use of risk models</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>09/15/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>12/12/2022 17:27:00</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1497591/fr/methodes-d-evaluation-du-risque-cardio-vasculaire-global</t>
+    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
   </si>
   <si>
     <t>r_1497591</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -164,179 +107,101 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      <c r="A3" t="s">
         <v>15</v>
-      </c>
-[...71 lines deleted...]
-        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>