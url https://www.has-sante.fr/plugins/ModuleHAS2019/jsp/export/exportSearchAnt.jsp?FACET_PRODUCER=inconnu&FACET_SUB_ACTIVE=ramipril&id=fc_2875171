--- v1 (2025-12-19)
+++ v2 (2026-03-20)
@@ -9,95 +9,167 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Vascularites associées aux ANCA</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Vascularites associées aux ANCA. Il a été élaboré sous l’égide du Groupe Français d’Etude des Vascularites et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
+    <t>03/03/2026 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858403/fr/vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3858403</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Méthodes d’évaluation du risque cardio-vasculaire global</t>
+  </si>
+  <si>
+    <t>Le risque cardiovasculaire global est estimé soit par la sommation des facteurs de risque, (considérés comme présents ou absents et ayant un poids identique), soit par une modélisation statistique prenant en compte la valeur réelle de chacun d’eux. Ce rapport définit les limites respectives des méthodes d’estimation du risque cardio-vasculaire global et discute les bénéfices à attendre de l’utilisation des modèles de risque dans la pratique quotidienne en 2004.</t>
+  </si>
+  <si>
+    <t>15/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/fr/methodes-d-evaluation-du-risque-cardio-vasculaire-global</t>
   </si>
   <si>
     <t>r_1497591</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,101 +179,205 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>