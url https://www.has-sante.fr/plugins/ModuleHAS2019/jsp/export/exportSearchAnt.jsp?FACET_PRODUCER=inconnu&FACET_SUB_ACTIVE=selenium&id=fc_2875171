--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -9,113 +9,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>04/11/2021 00:00:00</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -125,127 +107,101 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      <c r="A3" t="s">
         <v>15</v>
-      </c>
-[...19 lines deleted...]
-        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>