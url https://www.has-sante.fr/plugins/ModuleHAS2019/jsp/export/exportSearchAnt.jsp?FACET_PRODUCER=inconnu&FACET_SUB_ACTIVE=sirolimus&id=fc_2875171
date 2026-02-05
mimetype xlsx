--- v0 (2025-11-05)
+++ v1 (2026-02-05)
@@ -1,207 +1,653 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="57">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>07/20/2020 09:32:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>CYPHER</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3114652/en/pancreatic-islet-transplantation-inahta-brief</t>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398584/fr/cypher</t>
+  </si>
+  <si>
+    <t>c_398584</t>
+  </si>
+  <si>
+    <t>CORDIS Europa N.V (Hollande)</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
+  </si>
+  <si>
+    <t>p_3390524</t>
+  </si>
+  <si>
+    <t>Neurofibromatose 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NF1. Il a été élaboré par le Centre de référence labellisé neurofibromatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/09/2021 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283954/fr/neurofibromatose-1</t>
+  </si>
+  <si>
+    <t>p_3283954</t>
+  </si>
+  <si>
+    <t>Hyperinsulinisme congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Hyperinsulinisme congénital. Il a été élaboré par les Filières de Santé Maladies Rares G2M et Firendo à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/10/2020 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198985/fr/hyperinsulinisme-congenital</t>
+  </si>
+  <si>
+    <t>p_3198985</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Transplantation d’îlots pancréatiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la sécurité, l’efficacité et les conditions de réalisation de l’acte de transplantation d’îlots pancréatiques (ou de Langerhans) (TIL) dans plusieurs indications. Elle recommande une réévaluation de cet acte à cinq ans pour tenir compte des avancées thérapeutiques et scientifiques potentielles.</t>
+  </si>
+  <si>
+    <t>16/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2020 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114652/fr/transplantation-d-ilots-pancreatiques</t>
   </si>
   <si>
     <t>p_3114652</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>31</v>
+      </c>
+      <c r="H4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H2" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>